--- v0 (2025-10-30)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -266,87 +266,66 @@
   <si>
     <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU ILLKIRCH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2343_FicheEtablissement/fr/inst-univ-readapt-clemenceau-illkirch</t>
   </si>
   <si>
     <t>2343_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Avenue Achille Baumann</t>
   </si>
   <si>
     <t>67403 ILLKIRCH</t>
   </si>
   <si>
     <t>ILLKIRCH</t>
   </si>
   <si>
     <t>0388552000</t>
   </si>
   <si>
     <t>670781129</t>
   </si>
   <si>
-    <t>CENTRE MEDICAL LE SCHIMMEL</t>
-[...11 lines deleted...]
-    <t>MASEVAUX NIEDERBRUCK</t>
+    <t>CENTRE MEDICAL LALANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2367_FicheEtablissement/fr/centre-medical-lalance</t>
+  </si>
+  <si>
+    <t>2367_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>68460 LUTTERBACH</t>
+  </si>
+  <si>
+    <t>LUTTERBACH</t>
   </si>
   <si>
     <t>68</t>
-  </si>
-[...19 lines deleted...]
-    <t>LUTTERBACH</t>
   </si>
   <si>
     <t>0389506750</t>
   </si>
   <si>
     <t>680000247</t>
   </si>
   <si>
     <t>CENTRE MÉDICAL LUPPACH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2368_FicheEtablissement/fr/centre-medical-luppach</t>
   </si>
   <si>
     <t>2368_FicheEtablissement</t>
   </si>
   <si>
     <t>68480 BOUXWILLER</t>
   </si>
   <si>
     <t>BOUXWILLER</t>
   </si>
   <si>
     <t>0389082930</t>
   </si>
@@ -428,51 +407,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T13"/>
+  <dimension ref="A1:T12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1080,203 +1059,141 @@
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>100</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
         <v>101</v>
       </c>
       <c r="H11" t="s">
         <v>102</v>
       </c>
       <c r="I11" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J11" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="K11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M11" t="s">
         <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
-        <v>44</v>
+        <v>107</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I12" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J12" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="K12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M12" t="s">
         <v>90</v>
       </c>
       <c r="N12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
         <v>115</v>
       </c>
       <c r="T12" t="s">
-        <v>35</v>
-[...60 lines deleted...]
-      <c r="T13" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>