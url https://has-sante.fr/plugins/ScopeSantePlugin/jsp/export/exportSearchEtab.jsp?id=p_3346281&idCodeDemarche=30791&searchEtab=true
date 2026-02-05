--- v0 (2025-10-07)
+++ v1 (2026-02-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,120 +119,207 @@
   <si>
     <t>59270 BAILLEUL</t>
   </si>
   <si>
     <t>BAILLEUL</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0328434546</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>590000790</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
+    <t>EPSM DES FLANDRES SITE DE CAPELLE LA GRANDE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:12:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1921_FicheEtablissement/fr/epsm-flandres-site-capelle-la-grande</t>
+  </si>
+  <si>
+    <t>1921_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>59180 CAPPELLE LA GRANDE</t>
+  </si>
+  <si>
+    <t>CAPPELLE LA GRANDE</t>
+  </si>
+  <si>
+    <t>590015608</t>
+  </si>
+  <si>
+    <t>CTRE SOINS 59G01 LA TONNELLE CLINIQUE PSYCHOTHERAPIQUE ADULT</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:12:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1932_FicheEtablissement/fr/ctre-soins-59g01-la-tonnelle</t>
+  </si>
+  <si>
+    <t>1932_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>967 Avenue De Rosendael</t>
+  </si>
+  <si>
+    <t>59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>DUNKERQUE</t>
+  </si>
+  <si>
+    <t>590036497</t>
+  </si>
+  <si>
     <t>CENTRE MEDICAL DES MONTS DE FLANDRES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1934_FicheEtablissement/fr/ssr-monts-de-flandre-epsm-flandres</t>
   </si>
   <si>
     <t>1934_FicheEtablissement</t>
   </si>
   <si>
     <t>49 Rue De Neuve Eglise</t>
   </si>
   <si>
     <t>0328434743</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590040267</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHOTHERAPIQUE DE ROSENDAEL 59G01  EPSM FLANDRES</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:12:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2007_FicheEtablissement/fr/clinique-59g01-adult-epsm-flandres</t>
+  </si>
+  <si>
+    <t>2007_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0328596070</t>
+  </si>
+  <si>
+    <t>590811923</t>
+  </si>
+  <si>
+    <t>HJ PSY ENFANTS RÉPUBLIQUE EPSM FLANDRE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:12:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5796_FicheEtablissement/fr/hj-psy-enfants-republique-epsm-flandre</t>
+  </si>
+  <si>
+    <t>5796_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Boulevard De La Republique</t>
+  </si>
+  <si>
+    <t>0359118026</t>
+  </si>
+  <si>
+    <t>590034906</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T3"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -332,91 +419,339 @@
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
+        <v>22</v>
+      </c>
+      <c r="O3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>33</v>
+      </c>
+      <c r="R3" t="s">
+        <v>32</v>
+      </c>
+      <c r="S3" t="s">
+        <v>43</v>
+      </c>
+      <c r="T3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+      <c r="I4" t="s">
         <v>40</v>
       </c>
-      <c r="O3" t="s">
-[...14 lines deleted...]
-      <c r="T3" t="s">
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" t="s">
+        <v>22</v>
+      </c>
+      <c r="O4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R4" t="s">
+        <v>32</v>
+      </c>
+      <c r="S4" t="s">
+        <v>51</v>
+      </c>
+      <c r="T4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>28</v>
+      </c>
+      <c r="L5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P5" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>57</v>
+      </c>
+      <c r="R5" t="s">
+        <v>32</v>
+      </c>
+      <c r="S5" t="s">
+        <v>58</v>
+      </c>
+      <c r="T5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J6" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" t="s">
+        <v>49</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>30</v>
+      </c>
+      <c r="N6" t="s">
+        <v>63</v>
+      </c>
+      <c r="O6" t="s">
+        <v>22</v>
+      </c>
+      <c r="P6" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>33</v>
+      </c>
+      <c r="R6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" t="s">
+        <v>64</v>
+      </c>
+      <c r="T6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7" t="s">
+        <v>70</v>
+      </c>
+      <c r="O7" t="s">
+        <v>22</v>
+      </c>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>33</v>
+      </c>
+      <c r="R7" t="s">
+        <v>32</v>
+      </c>
+      <c r="S7" t="s">
+        <v>71</v>
+      </c>
+      <c r="T7" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>