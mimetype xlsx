--- v0 (2025-12-01)
+++ v1 (2026-03-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>ATIR CENTRE D'HEMODIALYSE AVIGNON</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:40</t>
+    <t>26/02/2026 18:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4039_FicheEtablissement/fr/atir-centre-d-hemodialyse-avignon</t>
   </si>
   <si>
     <t>4039_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>320 Chemin De Baigne Pieds</t>
   </si>
   <si>
     <t>84000 AVIGNON</t>
   </si>
   <si>
     <t>AVIGNON</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>0490148181</t>
   </si>