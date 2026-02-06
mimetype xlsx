--- v0 (2025-10-28)
+++ v1 (2026-02-06)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOUIS PASTEUR BAGNOLS SUR CEZE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/870_FicheEtablissement/fr/ch-louis-pasteur-bagnols-sur-ceze</t>
   </si>
   <si>
     <t>870_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
+    <t>grand</t>
   </si>
   <si>
     <t>30205 BAGNOLS SUR CEZE</t>
   </si>
   <si>
     <t>BAGNOLS SUR CEZE</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>0466791000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>300000031</t>
   </si>