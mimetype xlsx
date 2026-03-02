--- v0 (2025-10-22)
+++ v1 (2026-03-02)
@@ -74,123 +74,123 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DE RIBERAC</t>
+    <t>CHIC RDD MEDECINE DE RIBERAC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:18:18</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/680_FicheEtablissement/fr/centre-hospitalier-de-riberac</t>
+    <t>https://www.has-sante.fr/jcms/680_FicheEtablissement/fr/chic-rdd-medecine-de-riberac</t>
   </si>
   <si>
     <t>680_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>24600 RIBERAC</t>
   </si>
   <si>
     <t>RIBERAC</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>0553925555</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>240000505</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER CHENARD</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/682_FicheEtablissement/fr/centre-hospitalier-chenard</t>
+    <t>CHIC RDD SMR DE SAINT AULAYE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/682_FicheEtablissement/fr/chic-rdd-smr-de-saint-aulaye</t>
   </si>
   <si>
     <t>682_FicheEtablissement</t>
   </si>
   <si>
     <t>24410 ST AULAYE PUYMANGOU</t>
   </si>
   <si>
     <t>ST AULAYE PUYMANGOU</t>
   </si>
   <si>
     <t>0553924300</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>240000521</t>
   </si>
   <si>
-    <t>USLD CH RIBERAC</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/7660_FicheEtablissement/fr/usld-ch-riberac</t>
+    <t>CHIC RDD USLD DE RIBERAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7660_FicheEtablissement/fr/chic-rdd-usld-de-riberac</t>
   </si>
   <si>
     <t>7660_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0553924800</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>240009852</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>