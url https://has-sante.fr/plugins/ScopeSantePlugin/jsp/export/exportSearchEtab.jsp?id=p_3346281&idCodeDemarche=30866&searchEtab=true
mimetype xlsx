--- v0 (2025-12-20)
+++ v1 (2026-02-18)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -291,50 +291,74 @@
     <t>920811775</t>
   </si>
   <si>
     <t>NEPHROCARE ILE DE FRANCE D'AULNAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4072_FicheEtablissement/fr/unite-d-autodialyse-d-aulnay</t>
   </si>
   <si>
     <t>4072_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Avenue Du Gros Peuplier</t>
   </si>
   <si>
     <t>93600 AULNAY SOUS BOIS</t>
   </si>
   <si>
     <t>AULNAY SOUS BOIS</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>930003942</t>
+  </si>
+  <si>
+    <t>NEPHROCARE ILE DE FRANCE LE RAINCY</t>
+  </si>
+  <si>
+    <t>16/01/2026 03:15:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4074_FicheEtablissement/fr/unite-d-autodialyse-le-raincy</t>
+  </si>
+  <si>
+    <t>4074_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>71 Boulevard Du Midi</t>
+  </si>
+  <si>
+    <t>93340 LE RAINCY</t>
+  </si>
+  <si>
+    <t>LE RAINCY</t>
+  </si>
+  <si>
+    <t>930018460</t>
   </si>
   <si>
     <t>CENTRE D HEMODIALYSE MONTFERMEIL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4075_FicheEtablissement/fr/centre-d-hemodialyse-montfermeil</t>
   </si>
   <si>
     <t>4075_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue General Leclerc</t>
   </si>
   <si>
     <t>93370 MONTFERMEIL</t>
   </si>
   <si>
     <t>MONTFERMEIL</t>
   </si>
   <si>
     <t>930022603</t>
   </si>
   <si>
     <t>NEPHROCARE ILE DE FRANCE CRETEIL</t>
   </si>
@@ -467,51 +491,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T15"/>
+  <dimension ref="A1:T16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1045,401 +1069,463 @@
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
         <v>93</v>
       </c>
       <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>94</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I10" t="s">
         <v>26</v>
       </c>
       <c r="J10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="K10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M10" t="s">
         <v>92</v>
       </c>
       <c r="N10" t="s">
         <v>43</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="T10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>22</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>23</v>
       </c>
       <c r="F11" t="s">
         <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I11" t="s">
         <v>26</v>
       </c>
       <c r="J11" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="K11" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L11" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M11" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="N11" t="s">
         <v>43</v>
       </c>
       <c r="O11" t="s">
         <v>22</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
       <c r="Q11" t="s">
         <v>33</v>
       </c>
       <c r="R11" t="s">
         <v>32</v>
       </c>
       <c r="S11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="T11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I12" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="J12" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="K12" t="s">
         <v>112</v>
       </c>
       <c r="L12" t="s">
         <v>113</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="N12" t="s">
         <v>43</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>32</v>
       </c>
       <c r="Q12" t="s">
         <v>33</v>
       </c>
       <c r="R12" t="s">
         <v>32</v>
       </c>
       <c r="S12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="T12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I13" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="J13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M13" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="N13" t="s">
         <v>43</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
       <c r="R13" t="s">
         <v>32</v>
       </c>
       <c r="S13" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="T13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I14" t="s">
         <v>26</v>
       </c>
       <c r="J14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="L14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
         <v>43</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>32</v>
       </c>
       <c r="Q14" t="s">
         <v>33</v>
       </c>
       <c r="R14" t="s">
         <v>32</v>
       </c>
       <c r="S14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="T14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I15" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="J15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M15" t="s">
-        <v>67</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>33</v>
       </c>
       <c r="R15" t="s">
         <v>32</v>
       </c>
       <c r="S15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="T15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" t="s">
+        <v>22</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16" t="s">
+        <v>139</v>
+      </c>
+      <c r="I16" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" t="s">
+        <v>140</v>
+      </c>
+      <c r="K16" t="s">
+        <v>141</v>
+      </c>
+      <c r="L16" t="s">
+        <v>142</v>
+      </c>
+      <c r="M16" t="s">
+        <v>67</v>
+      </c>
+      <c r="N16" t="s">
+        <v>22</v>
+      </c>
+      <c r="O16" t="s">
+        <v>22</v>
+      </c>
+      <c r="P16" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>33</v>
+      </c>
+      <c r="R16" t="s">
+        <v>32</v>
+      </c>
+      <c r="S16" t="s">
+        <v>143</v>
+      </c>
+      <c r="T16" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>