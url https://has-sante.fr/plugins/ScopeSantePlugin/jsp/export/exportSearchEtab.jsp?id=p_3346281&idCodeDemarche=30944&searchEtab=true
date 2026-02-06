--- v0 (2025-10-23)
+++ v1 (2026-02-06)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -165,50 +165,53 @@
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>210987558</t>
   </si>
   <si>
     <t>SOINS PALLIATIFS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4674_FicheEtablissement/fr/usp-la-mirandiere</t>
   </si>
   <si>
     <t>4674_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>1 Rue De La Gouge</t>
   </si>
   <si>
     <t>21801 QUETIGNY</t>
   </si>
   <si>
     <t>QUETIGNY</t>
+  </si>
+  <si>
+    <t>Médecine</t>
   </si>
   <si>
     <t>210986840</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -460,55 +463,55 @@
       <c r="I4" t="s">
         <v>48</v>
       </c>
       <c r="J4" t="s">
         <v>49</v>
       </c>
       <c r="K4" t="s">
         <v>50</v>
       </c>
       <c r="L4" t="s">
         <v>51</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>22</v>
+        <v>52</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>