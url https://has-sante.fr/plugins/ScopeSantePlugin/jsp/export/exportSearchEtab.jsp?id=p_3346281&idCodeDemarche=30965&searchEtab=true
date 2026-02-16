--- v0 (2025-10-22)
+++ v1 (2026-02-16)
@@ -107,81 +107,81 @@
   <si>
     <t>https://www.has-sante.fr/jcms/3506_FicheEtablissement/fr/chu-site-felix-guyon-saint-denis</t>
   </si>
   <si>
     <t>3506_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>97405 ST DENIS</t>
   </si>
   <si>
     <t>ST DENIS</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
     <t>0262905050</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>970400024</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CHU SITE SUD ( SAINT PIERRE)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3507_FicheEtablissement/fr/chu-site-sud-saint-pierre</t>
   </si>
   <si>
     <t>3507_FicheEtablissement</t>
   </si>
   <si>
     <t>97410 ST PIERRE</t>
   </si>
   <si>
     <t>ST PIERRE</t>
   </si>
   <si>
     <t>0262359000</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>970400057</t>
   </si>
   <si>
     <t>CHU SITE SUD (SAINT LOUIS)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3510_FicheEtablissement/fr/chu-site-sud-saint-louis</t>
   </si>
   <si>
     <t>3510_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>97450 ST LOUIS</t>
   </si>
   <si>
     <t>ST LOUIS</t>
   </si>
   <si>
     <t>0262912030</t>
   </si>