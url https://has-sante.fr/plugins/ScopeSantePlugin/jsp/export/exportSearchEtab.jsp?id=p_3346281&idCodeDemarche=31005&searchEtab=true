--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,499 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>AGDUC UNITE D'AUTODIALYSE GAP</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:16:46</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3562_FicheEtablissement/en/agduc-unite-d-autodialyse-gap</t>
+    <t>21/01/2025 10:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3562_FicheEtablissement/fr/agduc-unite-d-autodialyse-gap</t>
   </si>
   <si>
     <t>3562_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Place Auguste Muret</t>
   </si>
   <si>
     <t>05000 GAP</t>
   </si>
   <si>
     <t>GAP</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
     <t>0492565330</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>050006022</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE AUBENAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3572_FicheEtablissement/en/agduc-centre-de-dialyse-aubenas</t>
+    <t>https://www.has-sante.fr/jcms/3572_FicheEtablissement/fr/agduc-centre-de-dialyse-aubenas</t>
   </si>
   <si>
     <t>3572_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Route De Montelimar</t>
   </si>
   <si>
     <t>07200 AUBENAS</t>
   </si>
   <si>
     <t>AUBENAS</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>0475892190</t>
   </si>
   <si>
     <t>070004726</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE MONTELIMAR</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3648_FicheEtablissement/en/agduc-centre-de-dialyse-montelimar</t>
+    <t>https://www.has-sante.fr/jcms/3648_FicheEtablissement/fr/agduc-centre-de-dialyse-montelimar</t>
   </si>
   <si>
     <t>3648_FicheEtablissement</t>
   </si>
   <si>
     <t>26216 MONTELIMAR</t>
   </si>
   <si>
     <t>MONTELIMAR</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>0481828100</t>
   </si>
   <si>
     <t>260001631</t>
   </si>
   <si>
     <t>AGDUC VALENCE / MARECHAL JUIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3649_FicheEtablissement/en/agduc-valence-/-marechal-juin</t>
+    <t>https://www.has-sante.fr/jcms/3649_FicheEtablissement/fr/agduc-valence-/-marechal-juin</t>
   </si>
   <si>
     <t>3649_FicheEtablissement</t>
   </si>
   <si>
     <t>179 Boulevard Marechal Juin</t>
   </si>
   <si>
     <t>26000 VALENCE</t>
   </si>
   <si>
     <t>VALENCE</t>
   </si>
   <si>
     <t>0475253800</t>
   </si>
   <si>
     <t>260003215</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE ROMANS-SUR-ISERE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3650_FicheEtablissement/en/agduc-centre-dialyse-romans-sur-isere</t>
+    <t>https://www.has-sante.fr/jcms/3650_FicheEtablissement/fr/agduc-centre-dialyse-romans-sur-isere</t>
   </si>
   <si>
     <t>3650_FicheEtablissement</t>
   </si>
   <si>
     <t>26102 ROMANS SUR ISERE</t>
   </si>
   <si>
     <t>ROMANS SUR ISERE</t>
   </si>
   <si>
     <t>0475057669</t>
   </si>
   <si>
     <t>260006820</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE PIERRELATTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3653_FicheEtablissement/en/agduc-centre-de-dialyse-pierrelatte</t>
+    <t>https://www.has-sante.fr/jcms/3653_FicheEtablissement/fr/agduc-centre-de-dialyse-pierrelatte</t>
   </si>
   <si>
     <t>3653_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>26700 PIERRELATTE</t>
   </si>
   <si>
     <t>PIERRELATTE</t>
   </si>
   <si>
     <t>0475963045</t>
   </si>
   <si>
     <t>260016993</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE VOIRON - MONTALY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3764_FicheEtablissement/en/agduc-centre-de-dialyse-voiron</t>
+    <t>https://www.has-sante.fr/jcms/3764_FicheEtablissement/fr/agduc-centre-de-dialyse-voiron</t>
   </si>
   <si>
     <t>3764_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Rue Des Bois</t>
   </si>
   <si>
     <t>38500 VOIRON</t>
   </si>
   <si>
     <t>VOIRON</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>0476370256</t>
   </si>
   <si>
     <t>380019026</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE LA TRONCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3765_FicheEtablissement/en/agduc-centre-de-dialyse-la-tronche</t>
+    <t>https://www.has-sante.fr/jcms/3765_FicheEtablissement/fr/agduc-centre-de-dialyse-la-tronche</t>
   </si>
   <si>
     <t>3765_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Chemin De L'Agnelas</t>
   </si>
   <si>
     <t>38700 LA TRONCHE</t>
   </si>
   <si>
     <t>LA TRONCHE</t>
   </si>
   <si>
     <t>0438380138</t>
   </si>
   <si>
     <t>380784801</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE MEYLAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3766_FicheEtablissement/en/agduc-centre-de-dialyse-meylan</t>
+    <t>https://www.has-sante.fr/jcms/3766_FicheEtablissement/fr/agduc-centre-de-dialyse-meylan</t>
   </si>
   <si>
     <t>3766_FicheEtablissement</t>
   </si>
   <si>
     <t>31 Boulevard Des Alpes</t>
   </si>
   <si>
     <t>38240 MEYLAN</t>
   </si>
   <si>
     <t>MEYLAN</t>
   </si>
   <si>
     <t>0456380905</t>
   </si>
   <si>
     <t>380793810</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE VIZILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3767_FicheEtablissement/en/agduc-centre-de-dialyse-vizille</t>
+    <t>https://www.has-sante.fr/jcms/3767_FicheEtablissement/fr/agduc-centre-de-dialyse-vizille</t>
   </si>
   <si>
     <t>3767_FicheEtablissement</t>
   </si>
   <si>
     <t>33 Rue Argoud</t>
   </si>
   <si>
     <t>38220 VIZILLE</t>
   </si>
   <si>
     <t>VIZILLE</t>
   </si>
   <si>
     <t>0476681656</t>
   </si>
   <si>
     <t>380797217</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE VOIRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3768_FicheEtablissement/en/agduc-centre-de-dialyse-voiron</t>
+    <t>https://www.has-sante.fr/jcms/3768_FicheEtablissement/fr/agduc-centre-de-dialyse-voiron</t>
   </si>
   <si>
     <t>3768_FicheEtablissement</t>
   </si>
   <si>
     <t>34 Avenue Jacques Chirac</t>
   </si>
   <si>
     <t>0476315232</t>
   </si>
   <si>
     <t>380803965</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE CHAMBERY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3973_FicheEtablissement/en/agduc-centre-de-dialyse-chambery</t>
+    <t>https://www.has-sante.fr/jcms/3973_FicheEtablissement/fr/agduc-centre-de-dialyse-chambery</t>
   </si>
   <si>
     <t>3973_FicheEtablissement</t>
   </si>
   <si>
     <t>73000 CHAMBERY</t>
   </si>
   <si>
     <t>CHAMBERY</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>730005709</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE SAINT-MICHEL-DE-MAURIENNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3975_FicheEtablissement/en/agduc-centre-de-dialyse-saint-michel</t>
+    <t>https://www.has-sante.fr/jcms/3975_FicheEtablissement/fr/agduc-centre-de-dialyse-saint-michel</t>
   </si>
   <si>
     <t>3975_FicheEtablissement</t>
   </si>
   <si>
     <t>39 Avenue De La Republique</t>
   </si>
   <si>
     <t>73140 ST MICHEL DE MAURIENNE</t>
   </si>
   <si>
     <t>ST MICHEL DE MAURIENNE</t>
   </si>
   <si>
     <t>0479202498</t>
   </si>
   <si>
     <t>730785466</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE LA-MOTTE-SERVOLEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3977_FicheEtablissement/en/agduc-centre-dialyse-la-motte-servolex</t>
+    <t>https://www.has-sante.fr/jcms/3977_FicheEtablissement/fr/agduc-centre-dialyse-la-motte-servolex</t>
   </si>
   <si>
     <t>3977_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Rue Pierre Grange</t>
   </si>
   <si>
     <t>73290 LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>LA MOTTE SERVOLEX</t>
   </si>
   <si>
     <t>0479251819</t>
   </si>
   <si>
     <t>730786464</t>
   </si>
   <si>
     <t>AGDUC CENTRE DE DIALYSE BOURG-SAINT-MAURICE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3978_FicheEtablissement/en/agduc-centre-dialyse-bourg-st-maurice</t>
+    <t>https://www.has-sante.fr/jcms/3978_FicheEtablissement/fr/agduc-centre-dialyse-bourg-st-maurice</t>
   </si>
   <si>
     <t>3978_FicheEtablissement</t>
   </si>
   <si>
     <t>73700 BOURG ST MAURICE</t>
   </si>
   <si>
     <t>BOURG ST MAURICE</t>
   </si>
   <si>
     <t>0479417974</t>
   </si>
   <si>
     <t>730790235</t>
   </si>
   <si>
     <t>AGDUC VALENCE / PIERRE TEZIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4748_FicheEtablissement/en/agduc-valence-/-pierre-tezier</t>
+    <t>https://www.has-sante.fr/jcms/4748_FicheEtablissement/fr/agduc-valence-/-pierre-tezier</t>
   </si>
   <si>
     <t>4748_FicheEtablissement</t>
   </si>
   <si>
     <t>65 Boulevard Pierre Tezier</t>
   </si>
   <si>
     <t>260021688</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>