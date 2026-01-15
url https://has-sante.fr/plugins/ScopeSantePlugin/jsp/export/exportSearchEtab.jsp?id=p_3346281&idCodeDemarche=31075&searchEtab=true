--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -119,51 +119,51 @@
   <si>
     <t>03310 NERIS LES BAINS</t>
   </si>
   <si>
     <t>NERIS LES BAINS</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t>0470085300</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>030000012</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE MONTLUCON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/70_FicheEtablissement/fr/ch-de-montlucon</t>
   </si>
   <si>
     <t>70_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>18 Avenue Du 8 Mai 1945</t>
   </si>
   <si>
     <t>03109 MONTLUCON</t>
   </si>
   <si>
     <t>MONTLUCON</t>
   </si>
   <si>
     <t>0470023030</t>
   </si>