--- v0 (2025-11-30)
+++ v1 (2026-01-26)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/867_FicheEtablissement/fr/ch-calvi</t>
   </si>
   <si>
     <t>867_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>20260 CALVI</t>
   </si>
   <si>
     <t>CALVI</t>
   </si>
   <si>
     <t>2B</t>
   </si>
   <si>
     <t>0495651122</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Imagerie Médicale, Médecine</t>
+    <t>Imagerie Médicale, Médecine, Soins de longue durée</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>2B0005359</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>