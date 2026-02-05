--- v0 (2025-10-06)
+++ v1 (2026-02-05)
@@ -89,51 +89,51 @@
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SAINT MAUR A SAINT ETIENNE DE TINEE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/124_FicheEtablissement/fr/ch-saint-maur-saint-etienne-tinee</t>
   </si>
   <si>
     <t>124_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
+    <t>moyen</t>
   </si>
   <si>
     <t>3 Rue Droite</t>
   </si>
   <si>
     <t>06660 ST ETIENNE DE TINEE</t>
   </si>
   <si>
     <t>ST ETIENNE DE TINEE</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>0493232828</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>