--- v0 (2025-12-21)
+++ v1 (2026-03-02)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE GRANDE SYNTHE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:16:07</t>
+    <t>25/02/2026 15:00:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1916_FicheEtablissement/fr/polyclinique-de-grande-synthe</t>
   </si>
   <si>
     <t>1916_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>59792 GRANDE SYNTHE</t>
   </si>
   <si>
     <t>GRANDE SYNTHE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0328586000</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>