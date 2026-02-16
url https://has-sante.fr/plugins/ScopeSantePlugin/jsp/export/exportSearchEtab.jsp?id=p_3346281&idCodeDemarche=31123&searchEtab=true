--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -481,51 +481,51 @@
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4" t="s">
         <v>45</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>46</v>
       </c>
       <c r="L4" t="s">
         <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>29</v>
       </c>
       <c r="N4" t="s">
         <v>48</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
       <c r="Q4" t="s">
         <v>32</v>
       </c>