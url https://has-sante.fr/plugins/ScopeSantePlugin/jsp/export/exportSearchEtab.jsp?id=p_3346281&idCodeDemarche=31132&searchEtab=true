--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -116,51 +116,51 @@
   <si>
     <t>3 Rue Felix Poulat</t>
   </si>
   <si>
     <t>38000 GRENOBLE</t>
   </si>
   <si>
     <t>GRENOBLE</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>0476866363</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>380784462</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">