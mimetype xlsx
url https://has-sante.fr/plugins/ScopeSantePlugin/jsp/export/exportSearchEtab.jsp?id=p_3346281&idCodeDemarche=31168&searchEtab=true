--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>HÔPITAL DE JOUR</t>
+    <t>CENTRE DE SANTE MENTALE HJ MGEN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:18:44</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7648_FicheEtablissement/fr/ctre-de-sante-mentale-hj-mgen</t>
+    <t>https://www.has-sante.fr/jcms/7648_FicheEtablissement/fr/centre-de-sante-mentale-hj-mgen</t>
   </si>
   <si>
     <t>7648_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>44 Rue Feuillat</t>
   </si>
   <si>
     <t>69424 LYON CEDEX 03</t>
   </si>
   <si>
     <t>LYON CEDEX 03</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>0472113011</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>