--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -110,51 +110,51 @@
   <si>
     <t>2657_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>2 Rue Ambroise Pare</t>
   </si>
   <si>
     <t>75475 PARIS CEDEX 10</t>
   </si>
   <si>
     <t>PARIS CEDEX 10</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0149956565</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Obstétrique, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>750100042</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>GHU APHP NORD UNIVERSITE PARIS CITE SITE FERNAND WIDAL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2658_FicheEtablissement/fr/ghu-aphp-nup-site-fernand-widal</t>
   </si>
   <si>
     <t>2658_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>200 Rue Faubourg Saint Denis</t>
   </si>
@@ -170,51 +170,51 @@
   <si>
     <t>Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750100067</t>
   </si>
   <si>
     <t>GHU APHP NORD UNIVERSITE PARIS CITE SITE SAINT LOUIS</t>
   </si>
   <si>
     <t>27/05/2025 17:00:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2659_FicheEtablissement/fr/ghu-aphp-nup-site-saint-louis</t>
   </si>
   <si>
     <t>2659_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Claude Vellefaux</t>
   </si>
   <si>
     <t>0142494949</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Réanimation</t>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Réanimation</t>
   </si>
   <si>
     <t>750100075</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>