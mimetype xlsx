--- v0 (2025-12-27)
+++ v1 (2026-02-14)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL CROIX ROUGE BOIS-GUILLAUME</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:06</t>
+    <t>11/02/2026 19:01:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2765_FicheEtablissement/fr/hopital-croix-rouge-bois-guillaume</t>
   </si>
   <si>
     <t>2765_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>76230 BOIS GUILLAUME</t>
   </si>
   <si>
     <t>BOIS GUILLAUME</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>0235594040</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>