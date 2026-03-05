--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -104,51 +104,51 @@
   <si>
     <t>21/01/2025 10:17:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3531_FicheEtablissement/fr/clinique-les-flamboyants-sud</t>
   </si>
   <si>
     <t>3531_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>40 Chemin Cachalot</t>
   </si>
   <si>
     <t>97410 ST PIERRE</t>
   </si>
   <si>
     <t>ST PIERRE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
-    <t>0262458508</t>
+    <t>0262322031</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>970408753</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>