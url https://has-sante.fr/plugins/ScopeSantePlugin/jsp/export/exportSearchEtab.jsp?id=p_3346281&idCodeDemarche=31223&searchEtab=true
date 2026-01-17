--- v0 (2025-12-01)
+++ v1 (2026-01-17)
@@ -74,93 +74,93 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>HÔPITAL PRIVÉ DE L'EURE</t>
+    <t>HÔPITAL PRIVÉ DE LEURE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:16:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/743_FicheEtablissement/fr/hopital-prive-de-l-eure</t>
+    <t>10/12/2025 13:36:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/743_FicheEtablissement/fr/hopital-prive-de-leure</t>
   </si>
   <si>
     <t>743_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>58 Boulevard Pasteur</t>
   </si>
   <si>
     <t>27000 EVREUX</t>
   </si>
   <si>
     <t>EVREUX</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>0232389500</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
     <t>270000326</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">