--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -92,54 +92,54 @@
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>HOPITAL LOCAL D'ERSTEIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:17:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2319_FicheEtablissement/fr/hopital-local-d-erstein</t>
   </si>
   <si>
     <t>2319_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>8 Rue Brulee</t>
-[...2 lines deleted...]
-    <t>67151 ERSTEIN</t>
+    <t>12 Rue Brulee</t>
+  </si>
+  <si>
+    <t>67150 ERSTEIN</t>
   </si>
   <si>
     <t>ERSTEIN</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>0388646646</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>670000413</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>