--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,119 +104,122 @@
   <si>
     <t>21/01/2025 10:16:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3514_FicheEtablissement/fr/had-sud-st-pierre-asdr</t>
   </si>
   <si>
     <t>3514_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>8 Rue De Mon Caprice</t>
   </si>
   <si>
     <t>97432 ST PIERRE</t>
   </si>
   <si>
     <t>ST PIERRE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
+    <t>02 62 20 28 20</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>970403119</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HAD EST (ST-ANDRE) ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3521_FicheEtablissement/fr/had-est-st-andre-asdr</t>
+  </si>
+  <si>
+    <t>3521_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>200 Rue Dumesngnil D'Engente</t>
+  </si>
+  <si>
+    <t>97440 ST ANDRE</t>
+  </si>
+  <si>
+    <t>ST ANDRE</t>
+  </si>
+  <si>
+    <t>970404851</t>
+  </si>
+  <si>
+    <t>HAD OUEST (LA POSSESSION) ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3527_FicheEtablissement/fr/had-ouest-la-possession-asdr</t>
+  </si>
+  <si>
+    <t>3527_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Raymond Barre</t>
+  </si>
+  <si>
+    <t>97419 LA POSSESSION</t>
+  </si>
+  <si>
+    <t>LA POSSESSION</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>970406625</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE-UDM (STE ANDRE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4106_FicheEtablissement/fr/uad-udm-ste-andre-asdr</t>
+  </si>
+  <si>
+    <t>4106_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>200 Rue Dumesnil D' Engente</t>
+  </si>
+  <si>
     <t>0262202820</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...64 lines deleted...]
-  <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>970403663</t>
   </si>
   <si>
     <t>UNITE AUTODIALYSE (ST PAUL) - ASDR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4107_FicheEtablissement/fr/uad-st-paul-asdr</t>
   </si>
   <si>
     <t>4107_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>30 Rue Gabriel Martin</t>
   </si>
   <si>
     <t>97460 ST PAUL</t>
   </si>
   <si>
     <t>ST PAUL</t>
@@ -257,54 +260,54 @@
   <si>
     <t>131 Route Du Bois De Nefles</t>
   </si>
   <si>
     <t>97490 ST DENIS</t>
   </si>
   <si>
     <t>ST DENIS</t>
   </si>
   <si>
     <t>970467197</t>
   </si>
   <si>
     <t>UNITE AUTODIALYSE (LA POSSESSION)-ASDR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4149_FicheEtablissement/fr/uad-la-possession-asdr</t>
   </si>
   <si>
     <t>4149_FicheEtablissement</t>
   </si>
   <si>
     <t>970409645</t>
   </si>
   <si>
-    <t>HAD NORD (STE CLOTILDE) ASDR</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4150_FicheEtablissement/fr/had-nord-ste-clotilde-asdr</t>
+    <t>HAD ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4150_FicheEtablissement/fr/had-asdr</t>
   </si>
   <si>
     <t>4150_FicheEtablissement</t>
   </si>
   <si>
     <t>970410783</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -435,551 +438,551 @@
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>22</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
+        <v>22</v>
+      </c>
+      <c r="R2" t="s">
+        <v>32</v>
+      </c>
+      <c r="S2" t="s">
         <v>33</v>
       </c>
-      <c r="R2" t="s">
-[...2 lines deleted...]
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="K3" t="s">
         <v>39</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="T3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
         <v>46</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
         <v>49</v>
       </c>
       <c r="T4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>51</v>
       </c>
       <c r="H5" t="s">
         <v>52</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
         <v>53</v>
       </c>
       <c r="K5" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="T7" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
         <v>26</v>
       </c>
       <c r="J8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T8" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
         <v>46</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="M9" t="s">
         <v>30</v>
       </c>
       <c r="N9" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O9" t="s">
         <v>22</v>
       </c>
       <c r="P9" t="s">
         <v>32</v>
       </c>
       <c r="Q9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="R9" t="s">
         <v>32</v>
       </c>
       <c r="S9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T9" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I10" t="s">
         <v>26</v>
       </c>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M10" t="s">
         <v>30</v>
       </c>
       <c r="N10" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="R10" t="s">
         <v>32</v>
       </c>
       <c r="S10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="T10" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>