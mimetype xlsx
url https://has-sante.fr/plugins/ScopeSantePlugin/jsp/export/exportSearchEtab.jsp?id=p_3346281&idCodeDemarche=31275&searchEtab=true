--- v1 (2025-12-21)
+++ v2 (2026-03-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,243 +74,192 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>HAD SUD (ST PIERRE) ASDR</t>
+    <t>UNITE AUTODIALYSE-UDM (STE ANDRE) - ASDR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:13</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3514_FicheEtablissement/fr/had-sud-st-pierre-asdr</t>
-[...2 lines deleted...]
-    <t>3514_FicheEtablissement</t>
+    <t>https://www.has-sante.fr/jcms/4106_FicheEtablissement/fr/uad-udm-ste-andre-asdr</t>
+  </si>
+  <si>
+    <t>4106_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>8 Rue De Mon Caprice</t>
-[...5 lines deleted...]
-    <t>ST PIERRE</t>
+    <t>200 Rue Dumesnil D' Engente</t>
+  </si>
+  <si>
+    <t>97440 ST ANDRE</t>
+  </si>
+  <si>
+    <t>ST ANDRE</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
-    <t>02 62 20 28 20</t>
+    <t>0262202820</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>970403119</t>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>970403663</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>HAD EST (ST-ANDRE) ASDR</t>
-[...26 lines deleted...]
-    <t>3527_FicheEtablissement</t>
+    <t>UNITE AUTODIALYSE (ST PAUL) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4107_FicheEtablissement/fr/uad-st-paul-asdr</t>
+  </si>
+  <si>
+    <t>4107_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>30 Rue Gabriel Martin</t>
+  </si>
+  <si>
+    <t>97460 ST PAUL</t>
+  </si>
+  <si>
+    <t>ST PAUL</t>
+  </si>
+  <si>
+    <t>970403671</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (STE MARIE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4120_FicheEtablissement/fr/uad-ste-marie-asdr</t>
+  </si>
+  <si>
+    <t>4120_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>30 Rue André Lardy</t>
+  </si>
+  <si>
+    <t>97438 STE MARIE</t>
+  </si>
+  <si>
+    <t>STE MARIE</t>
+  </si>
+  <si>
+    <t>970407722</t>
+  </si>
+  <si>
+    <t>UAD-UDM (STE CLOTILDE) - ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4122_FicheEtablissement/fr/uad-udm-ste-clotilde-asdr</t>
+  </si>
+  <si>
+    <t>4122_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>131 Route Du Bois De Nefles</t>
+  </si>
+  <si>
+    <t>97490 ST DENIS</t>
+  </si>
+  <si>
+    <t>ST DENIS</t>
+  </si>
+  <si>
+    <t>970467197</t>
+  </si>
+  <si>
+    <t>UNITE AUTODIALYSE (LA POSSESSION)-ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4149_FicheEtablissement/fr/uad-la-possession-asdr</t>
+  </si>
+  <si>
+    <t>4149_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Raymond Barre</t>
   </si>
   <si>
     <t>97419 LA POSSESSION</t>
   </si>
   <si>
     <t>LA POSSESSION</t>
   </si>
   <si>
+    <t>970409645</t>
+  </si>
+  <si>
+    <t>HAD ASDR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4150_FicheEtablissement/fr/had-asdr</t>
+  </si>
+  <si>
+    <t>4150_FicheEtablissement</t>
+  </si>
+  <si>
     <t>Médecine</t>
-  </si>
-[...109 lines deleted...]
-    <t>4150_FicheEtablissement</t>
   </si>
   <si>
     <t>970410783</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -320,51 +269,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T10"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -438,551 +387,365 @@
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>27</v>
       </c>
       <c r="K2" t="s">
         <v>28</v>
       </c>
       <c r="L2" t="s">
         <v>29</v>
       </c>
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>22</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="M3" t="s">
         <v>30</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="T3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
         <v>30</v>
       </c>
       <c r="N4" t="s">
         <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
         <v>30</v>
       </c>
       <c r="N5" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="T5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I6" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="J6" t="s">
         <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>62</v>
       </c>
       <c r="L6" t="s">
         <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>64</v>
       </c>
       <c r="T6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="K7" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="T7" t="s">
-        <v>34</v>
-[...185 lines deleted...]
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>