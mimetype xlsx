--- v0 (2025-10-05)
+++ v1 (2026-02-14)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LES HELLENIDES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:38</t>
+    <t>11/02/2026 18:48:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/151_FicheEtablissement/fr/clinique-les-hellenides</t>
   </si>
   <si>
     <t>151_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>06390 CONTES</t>
   </si>
   <si>
     <t>CONTES</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>0493916500</t>
   </si>
   <si>
     <t>Privé</t>
   </si>