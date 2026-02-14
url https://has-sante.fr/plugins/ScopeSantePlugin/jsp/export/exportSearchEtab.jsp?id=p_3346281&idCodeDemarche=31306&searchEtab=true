--- v0 (2025-10-22)
+++ v1 (2026-02-14)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE MASSILIA LES PINS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:41</t>
+    <t>11/02/2026 18:48:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/430_FicheEtablissement/fr/clinique-massilia-les-pins</t>
   </si>
   <si>
     <t>430_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>21 Allée Des Pins</t>
   </si>
   <si>
     <t>13274 MARSEILLE CEDEX 09</t>
   </si>
   <si>
     <t>MARSEILLE CEDEX 09</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>0491825656</t>
   </si>