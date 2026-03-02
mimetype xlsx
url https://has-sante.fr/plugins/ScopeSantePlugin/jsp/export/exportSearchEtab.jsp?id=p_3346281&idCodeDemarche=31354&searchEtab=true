--- v0 (2025-10-25)
+++ v1 (2026-03-02)
@@ -1275,51 +1275,51 @@
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
         <v>23</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>119</v>
       </c>
       <c r="H14" t="s">
         <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="J14" t="s">
         <v>121</v>
       </c>
       <c r="K14" t="s">
         <v>122</v>
       </c>
       <c r="L14" t="s">
         <v>123</v>
       </c>
       <c r="M14" t="s">
         <v>29</v>
       </c>
       <c r="N14" t="s">
         <v>124</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
         <v>31</v>
       </c>
       <c r="Q14" t="s">
         <v>42</v>
       </c>