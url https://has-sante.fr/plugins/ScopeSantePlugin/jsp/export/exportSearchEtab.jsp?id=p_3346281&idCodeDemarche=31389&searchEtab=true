--- v0 (2025-11-27)
+++ v1 (2026-01-31)
@@ -110,51 +110,51 @@
   <si>
     <t>2686_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>59 Rue Geoffroy Saint Hilaire</t>
   </si>
   <si>
     <t>75005 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0826308408</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Réanimation</t>
+    <t>Chirurgie, Médecine, Réanimation</t>
   </si>
   <si>
     <t>750300071</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>