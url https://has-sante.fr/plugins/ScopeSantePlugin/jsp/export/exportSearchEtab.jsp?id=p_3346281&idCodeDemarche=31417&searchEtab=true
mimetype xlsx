--- v0 (2025-10-29)
+++ v1 (2026-02-03)
@@ -80,90 +80,90 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:45</t>
+    <t>30/12/2025 10:53:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1187_FicheEtablissement/fr/ch-chateauroux</t>
   </si>
   <si>
     <t>1187_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>216 Avenue De Verdun</t>
   </si>
   <si>
     <t>36019 CHATEAUROUX</t>
   </si>
   <si>
     <t>CHATEAUROUX</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>0254296000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>360000137</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DU BLANC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1189_FicheEtablissement/fr/ch-du-blanc</t>
   </si>
   <si>
     <t>1189_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>5 Rue Pierre Milon</t>
   </si>
   <si>
     <t>36300 LE BLANC</t>
   </si>
   <si>
     <t>LE BLANC</t>
   </si>
   <si>
     <t>0254282828</t>
   </si>