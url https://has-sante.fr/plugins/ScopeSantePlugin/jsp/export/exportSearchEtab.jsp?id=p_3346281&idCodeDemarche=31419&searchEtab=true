--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CH GEORGE SAND BOURGES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:18:11</t>
+    <t>15/12/2025 13:28:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/541_FicheEtablissement/fr/ch-george-sand-bourges</t>
   </si>
   <si>
     <t>541_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>77 Rue Louis Mallet</t>
   </si>
   <si>
     <t>18024 BOURGES</t>
   </si>
   <si>
     <t>BOURGES</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>0248672000</t>
   </si>