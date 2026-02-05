--- v1 (2025-12-18)
+++ v2 (2026-02-05)
@@ -116,51 +116,51 @@
   <si>
     <t>77 Rue Louis Mallet</t>
   </si>
   <si>
     <t>18024 BOURGES</t>
   </si>
   <si>
     <t>BOURGES</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>0248672000</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>180000176</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/542_FicheEtablissement/fr/ch-george-sand-chezal-benoit</t>
   </si>
   <si>
     <t>542_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>18160 CHEZAL BENOIT</t>
   </si>
   <si>
     <t>CHEZAL BENOIT</t>
   </si>
   <si>
     <t>0248638080</t>
   </si>
   <si>
     <t>180000184</t>
   </si>