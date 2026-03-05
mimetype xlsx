--- v0 (2025-10-29)
+++ v1 (2026-03-05)
@@ -110,81 +110,81 @@
   <si>
     <t>3195_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>2 Rue Du Potelet</t>
   </si>
   <si>
     <t>91415 DOURDAN</t>
   </si>
   <si>
     <t>DOURDAN</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0160806048</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>910000280</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SUD ESSONNE DOURDAN SITE ETAMPES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3200_FicheEtablissement/fr/ch-dourdan-etampes-site-etampes</t>
   </si>
   <si>
     <t>3200_FicheEtablissement</t>
   </si>
   <si>
     <t>26 Avenue Charles De Gaulle</t>
   </si>
   <si>
     <t>91152 ETAMPES</t>
   </si>
   <si>
     <t>ETAMPES</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>910001973</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3236_FicheEtablissement/fr/usld-ch-sud-essonne-site-dourdan</t>
   </si>
   <si>
     <t>3236_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>910810647</t>
   </si>
 </sst>
 </file>
 