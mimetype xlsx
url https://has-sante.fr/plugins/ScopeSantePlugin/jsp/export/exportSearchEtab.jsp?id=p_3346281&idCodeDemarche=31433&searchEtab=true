--- v0 (2025-11-14)
+++ v1 (2026-01-10)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -341,90 +341,123 @@
   <si>
     <t>https://www.has-sante.fr/jcms/251_FicheEtablissement/fr/section-moyen-sejour-ch-de-troyes</t>
   </si>
   <si>
     <t>251_FicheEtablissement</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>100006493</t>
   </si>
   <si>
     <t>HAD GHAM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/253_FicheEtablissement/fr/had-gham</t>
   </si>
   <si>
     <t>253_FicheEtablissement</t>
   </si>
   <si>
     <t>100007699</t>
   </si>
   <si>
+    <t>CLINIQUE PSYCHIATRIQUE DE L'AUBE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:04:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/254_FicheEtablissement/fr/clinique-psychiatrique-de-l-aube</t>
+  </si>
+  <si>
+    <t>254_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Raymond Burgard</t>
+  </si>
+  <si>
+    <t>0325725040</t>
+  </si>
+  <si>
+    <t>100009182</t>
+  </si>
+  <si>
     <t>MCO COMTE HENRI - CH DE TROYES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/255_FicheEtablissement/fr/mco-comte-henri-ch-de-troyes</t>
   </si>
   <si>
     <t>255_FicheEtablissement</t>
   </si>
   <si>
     <t>37 Rue De La Marne</t>
   </si>
   <si>
     <t>0325759223</t>
   </si>
   <si>
     <t>100009364</t>
   </si>
   <si>
     <t>UNITE D'ALCOOLOGIE JEAN SCHIFFER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/256_FicheEtablissement/fr/unite-d-alcoologie-jean-schiffer</t>
   </si>
   <si>
     <t>256_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Avenue Marechal Leclerc</t>
   </si>
   <si>
     <t>10150 PONT STE MARIE</t>
   </si>
   <si>
     <t>PONT STE MARIE</t>
   </si>
   <si>
     <t>0325761936</t>
   </si>
   <si>
     <t>100009380</t>
+  </si>
+  <si>
+    <t>UNITE D'HOSPITALISATION DE PEDOPSYCHIATRIE SITE CH TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/257_FicheEtablissement/fr/unite-d-hosp-de-pedo-psych-ch-troyes</t>
+  </si>
+  <si>
+    <t>257_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>100009968</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE SEZANNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1627_FicheEtablissement/fr/centre-hospitalier-de-sezanne</t>
   </si>
   <si>
     <t>1627_FicheEtablissement</t>
   </si>
   <si>
     <t>16 Rue Des Recollets</t>
   </si>
   <si>
     <t>51120 SEZANNE</t>
   </si>
   <si>
     <t>SEZANNE</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>0326817979</t>
   </si>
@@ -458,51 +491,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T16"/>
+  <dimension ref="A1:T18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1284,215 +1317,339 @@
       </c>
       <c r="R13" t="s">
         <v>34</v>
       </c>
       <c r="S13" t="s">
         <v>109</v>
       </c>
       <c r="T13" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>20</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>22</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I14" t="s">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K14" t="s">
         <v>99</v>
       </c>
       <c r="L14" t="s">
         <v>29</v>
       </c>
       <c r="M14" t="s">
         <v>30</v>
       </c>
       <c r="N14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="O14" t="s">
         <v>22</v>
       </c>
       <c r="P14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="Q14" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="R14" t="s">
         <v>34</v>
       </c>
       <c r="S14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T14" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
         <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>23</v>
       </c>
       <c r="F15" t="s">
         <v>22</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I15" t="s">
         <v>40</v>
       </c>
       <c r="J15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K15" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="M15" t="s">
         <v>30</v>
       </c>
       <c r="N15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O15" t="s">
         <v>22</v>
       </c>
       <c r="P15" t="s">
         <v>32</v>
       </c>
       <c r="Q15" t="s">
         <v>79</v>
       </c>
       <c r="R15" t="s">
         <v>34</v>
       </c>
       <c r="S15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="T15" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>23</v>
       </c>
       <c r="F16" t="s">
         <v>22</v>
       </c>
       <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I16" t="s">
         <v>40</v>
       </c>
       <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
         <v>127</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>128</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
+        <v>30</v>
+      </c>
+      <c r="N16" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="O16" t="s">
         <v>22</v>
       </c>
       <c r="P16" t="s">
         <v>32</v>
       </c>
       <c r="Q16" t="s">
+        <v>79</v>
+      </c>
+      <c r="R16" t="s">
+        <v>34</v>
+      </c>
+      <c r="S16" t="s">
+        <v>130</v>
+      </c>
+      <c r="T16" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" t="s">
+        <v>22</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+      <c r="I17" t="s">
+        <v>84</v>
+      </c>
+      <c r="J17" t="s">
+        <v>120</v>
+      </c>
+      <c r="K17" t="s">
+        <v>99</v>
+      </c>
+      <c r="L17" t="s">
+        <v>29</v>
+      </c>
+      <c r="M17" t="s">
+        <v>30</v>
+      </c>
+      <c r="N17" t="s">
+        <v>22</v>
+      </c>
+      <c r="O17" t="s">
+        <v>22</v>
+      </c>
+      <c r="P17" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>45</v>
+      </c>
+      <c r="R17" t="s">
+        <v>34</v>
+      </c>
+      <c r="S17" t="s">
+        <v>134</v>
+      </c>
+      <c r="T17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>22</v>
+      </c>
+      <c r="D18" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" t="s">
+        <v>22</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" t="s">
+        <v>137</v>
+      </c>
+      <c r="I18" t="s">
+        <v>40</v>
+      </c>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>139</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>142</v>
+      </c>
+      <c r="O18" t="s">
+        <v>22</v>
+      </c>
+      <c r="P18" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q18" t="s">
         <v>54</v>
       </c>
-      <c r="R16" t="s">
-[...5 lines deleted...]
-      <c r="T16" t="s">
+      <c r="R18" t="s">
+        <v>34</v>
+      </c>
+      <c r="S18" t="s">
+        <v>143</v>
+      </c>
+      <c r="T18" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>