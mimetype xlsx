--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -1,589 +1,589 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="420" uniqueCount="183">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ADH DE SOMAIN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/17/2025 13:51:33</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3858_FicheEtablissement/en/centre-d-autodialyse-adh-de-somain</t>
+    <t>17/12/2025 13:51:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3858_FicheEtablissement/fr/centre-d-autodialyse-adh-de-somain</t>
   </si>
   <si>
     <t>3858_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>61 Rue Joseph Boulier</t>
   </si>
   <si>
     <t>59490 SOMAIN</t>
   </si>
   <si>
     <t>SOMAIN</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0327089298</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>590008306</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>SANTELYS UNITE DE DIALYSE DE LAMBERSART</t>
   </si>
   <si>
-    <t>05/21/2025 08:58:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/en/santelys-unite-de-dialyse-lambersart</t>
+    <t>21/05/2025 08:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3866_FicheEtablissement/fr/santelys-unite-de-dialyse-lambersart</t>
   </si>
   <si>
     <t>3866_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>48 Rue De La Carnoy</t>
   </si>
   <si>
     <t>59130 LAMBERSART</t>
   </si>
   <si>
     <t>LAMBERSART</t>
   </si>
   <si>
     <t>0320220340</t>
   </si>
   <si>
     <t>590035390</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>AUTODIALYSE ADH BRUAY-SUR-L'ESCAUT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3869_FicheEtablissement/en/autodialyse-adh-bruay-sur-l-escaut</t>
+    <t>https://www.has-sante.fr/jcms/3869_FicheEtablissement/fr/autodialyse-adh-bruay-sur-l-escaut</t>
   </si>
   <si>
     <t>3869_FicheEtablissement</t>
   </si>
   <si>
     <t>59860 BRUAY SUR L ESCAUT</t>
   </si>
   <si>
     <t>BRUAY SUR L ESCAUT</t>
   </si>
   <si>
     <t>0327257001</t>
   </si>
   <si>
     <t>590041471</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE MARLY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3873_FicheEtablissement/en/centre-d-autodialyse-marly</t>
+    <t>https://www.has-sante.fr/jcms/3873_FicheEtablissement/fr/centre-d-autodialyse-marly</t>
   </si>
   <si>
     <t>3873_FicheEtablissement</t>
   </si>
   <si>
     <t>59770 MARLY</t>
   </si>
   <si>
     <t>MARLY</t>
   </si>
   <si>
     <t>0327443539</t>
   </si>
   <si>
     <t>590046579</t>
   </si>
   <si>
     <t>CENTRE ADH DE DIALYSE A DENAIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3880_FicheEtablissement/en/centre-adh-d-autodialyse-a-denain</t>
+    <t>https://www.has-sante.fr/jcms/3880_FicheEtablissement/fr/centre-adh-d-autodialyse-a-denain</t>
   </si>
   <si>
     <t>3880_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Boulevard Charles De Gaulle</t>
   </si>
   <si>
     <t>59220 DENAIN</t>
   </si>
   <si>
     <t>DENAIN</t>
   </si>
   <si>
     <t>0327354665</t>
   </si>
   <si>
     <t>590056990</t>
   </si>
   <si>
     <t>UNITE D'AUTODIALYSE DE DOUAI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3883_FicheEtablissement/en/ctre-d-autodialyse-adh-de-douai</t>
+    <t>https://www.has-sante.fr/jcms/3883_FicheEtablissement/fr/ctre-d-autodialyse-adh-de-douai</t>
   </si>
   <si>
     <t>3883_FicheEtablissement</t>
   </si>
   <si>
     <t>441 Rue Jacqueline Auriol</t>
   </si>
   <si>
     <t>59552 LAMBRES LEZ DOUAI</t>
   </si>
   <si>
     <t>LAMBRES LEZ DOUAI</t>
   </si>
   <si>
     <t>0321510022</t>
   </si>
   <si>
     <t>590806428</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE A CAMBRAI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3884_FicheEtablissement/en/centre-d-autodialyse-adh-de-cambrai</t>
+    <t>https://www.has-sante.fr/jcms/3884_FicheEtablissement/fr/centre-d-autodialyse-adh-de-cambrai</t>
   </si>
   <si>
     <t>3884_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Place Marcellin Berthelot</t>
   </si>
   <si>
     <t>59400 CAMBRAI</t>
   </si>
   <si>
     <t>CAMBRAI</t>
   </si>
   <si>
     <t>0327810630</t>
   </si>
   <si>
     <t>590810099</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE A LA SENTINELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3889_FicheEtablissement/en/ctre-d-autodialyse-adh-la-sentinelle</t>
+    <t>https://www.has-sante.fr/jcms/3889_FicheEtablissement/fr/ctre-d-autodialyse-adh-la-sentinelle</t>
   </si>
   <si>
     <t>3889_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Place Du Capitaine Nicod</t>
   </si>
   <si>
     <t>59174 LA SENTINELLE</t>
   </si>
   <si>
     <t>LA SENTINELLE</t>
   </si>
   <si>
     <t>0327292193</t>
   </si>
   <si>
     <t>590815007</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE A DOMICILE ADH HENIN BEAUMONT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3900_FicheEtablissement/en/ctre-de-dialyse-a-domicile-adh-henin-b</t>
+    <t>https://www.has-sante.fr/jcms/3900_FicheEtablissement/fr/ctre-de-dialyse-a-domicile-adh-henin-b</t>
   </si>
   <si>
     <t>3900_FicheEtablissement</t>
   </si>
   <si>
     <t>62110 HENIN BEAUMONT</t>
   </si>
   <si>
     <t>HENIN BEAUMONT</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>0321756363</t>
   </si>
   <si>
     <t>620018705</t>
   </si>
   <si>
     <t>CTRE D'AUTODIALYSE ADH DE ST-POL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3901_FicheEtablissement/en/ctre-d-autodialyse-adh-de-st-pol</t>
+    <t>https://www.has-sante.fr/jcms/3901_FicheEtablissement/fr/ctre-d-autodialyse-adh-de-st-pol</t>
   </si>
   <si>
     <t>3901_FicheEtablissement</t>
   </si>
   <si>
     <t>62130 ST POL SUR TERNOISE</t>
   </si>
   <si>
     <t>ST POL SUR TERNOISE</t>
   </si>
   <si>
     <t>0321045655</t>
   </si>
   <si>
     <t>620020636</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE &amp; UNITE DIALYSE MEDICALISEE ADH BEUVRY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3903_FicheEtablissement/en/ctre-autodialyse-unite-dialy-med-adh</t>
+    <t>https://www.has-sante.fr/jcms/3903_FicheEtablissement/fr/ctre-autodialyse-unite-dialy-med-adh</t>
   </si>
   <si>
     <t>3903_FicheEtablissement</t>
   </si>
   <si>
     <t>913 Rue Delbecque</t>
   </si>
   <si>
     <t>62113 VERQUIGNEUL</t>
   </si>
   <si>
     <t>VERQUIGNEUL</t>
   </si>
   <si>
     <t>0321655350</t>
   </si>
   <si>
     <t>620025494</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ADH DE OIGNIES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3905_FicheEtablissement/en/centre-d-autodialyse-adh-de-oignies</t>
+    <t>https://www.has-sante.fr/jcms/3905_FicheEtablissement/fr/centre-d-autodialyse-adh-de-oignies</t>
   </si>
   <si>
     <t>3905_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Place De La Iv Republique</t>
   </si>
   <si>
     <t>62590 OIGNIES</t>
   </si>
   <si>
     <t>OIGNIES</t>
   </si>
   <si>
     <t>0321729150</t>
   </si>
   <si>
     <t>620031096</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ADH DE ST VENANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3906_FicheEtablissement/en/centre-d-autodialyse-adh-de-st-venant</t>
+    <t>https://www.has-sante.fr/jcms/3906_FicheEtablissement/fr/centre-d-autodialyse-adh-de-st-venant</t>
   </si>
   <si>
     <t>3906_FicheEtablissement</t>
   </si>
   <si>
     <t>87 Allée Charles De Foucault</t>
   </si>
   <si>
     <t>62350 ST VENANT</t>
   </si>
   <si>
     <t>ST VENANT</t>
   </si>
   <si>
     <t>0321564458</t>
   </si>
   <si>
     <t>620032706</t>
   </si>
   <si>
     <t>CENTRE D'ENTRAINNEMENTÀ L'AUTODIALYSEDE ST-NICOLAS ADH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3907_FicheEtablissement/en/ctre-d-entrain-autodialyse-st-nicolas</t>
+    <t>https://www.has-sante.fr/jcms/3907_FicheEtablissement/fr/ctre-d-entrain-autodialyse-st-nicolas</t>
   </si>
   <si>
     <t>3907_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Des 4 Crics</t>
   </si>
   <si>
     <t>62223 ST NICOLAS</t>
   </si>
   <si>
     <t>ST NICOLAS</t>
   </si>
   <si>
     <t>0391190834</t>
   </si>
   <si>
     <t>620115170</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE ADH DE LENS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3908_FicheEtablissement/en/centre-d-autodialyse-adh-de-lens</t>
+    <t>https://www.has-sante.fr/jcms/3908_FicheEtablissement/fr/centre-d-autodialyse-adh-de-lens</t>
   </si>
   <si>
     <t>3908_FicheEtablissement</t>
   </si>
   <si>
     <t>62300 LENS</t>
   </si>
   <si>
     <t>LENS</t>
   </si>
   <si>
     <t>0321493471</t>
   </si>
   <si>
     <t>620115410</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE D'HENIN BEAUMONT - SITE ECOPAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3909_FicheEtablissement/en/ctre-d-autodialyse-adh-site-ecopac</t>
+    <t>https://www.has-sante.fr/jcms/3909_FicheEtablissement/fr/ctre-d-autodialyse-adh-site-ecopac</t>
   </si>
   <si>
     <t>3909_FicheEtablissement</t>
   </si>
   <si>
     <t>307 Avenue De La Polonia</t>
   </si>
   <si>
     <t>0321671697</t>
   </si>
   <si>
     <t>620117309</t>
   </si>
   <si>
     <t>CENTRE ADH D'AUTODIALYSE DE DIVION</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3910_FicheEtablissement/en/centre-d-autodialyse-adh-de-divion</t>
+    <t>https://www.has-sante.fr/jcms/3910_FicheEtablissement/fr/centre-d-autodialyse-adh-de-divion</t>
   </si>
   <si>
     <t>3910_FicheEtablissement</t>
   </si>
   <si>
     <t>62460 DIVION</t>
   </si>
   <si>
     <t>DIVION</t>
   </si>
   <si>
     <t>0321535065</t>
   </si>
   <si>
     <t>620117325</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE DE LIEVIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3911_FicheEtablissement/en/ctre-d-autodialyse-adh-de-lievin</t>
+    <t>https://www.has-sante.fr/jcms/3911_FicheEtablissement/fr/ctre-d-autodialyse-adh-de-lievin</t>
   </si>
   <si>
     <t>3911_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Rue Silas Goulet</t>
   </si>
   <si>
     <t>62800 LIEVIN</t>
   </si>
   <si>
     <t>LIEVIN</t>
   </si>
   <si>
     <t>0321080711</t>
   </si>
   <si>
     <t>620117812</t>
   </si>
   <si>
     <t>CENTRE D'AUTODIALYSE D'AIRE SUR LA LYS ADH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3912_FicheEtablissement/en/centre-autodialyse-aire/la-lys</t>
+    <t>https://www.has-sante.fr/jcms/3912_FicheEtablissement/fr/centre-autodialyse-aire/la-lys</t>
   </si>
   <si>
     <t>3912_FicheEtablissement</t>
   </si>
   <si>
     <t>62120 AIRE SUR LA LYS</t>
   </si>
   <si>
     <t>AIRE SUR LA LYS</t>
   </si>
   <si>
     <t>0321981225</t>
   </si>
   <si>
     <t>620120063</t>
   </si>
   <si>
     <t>CTRE D'AUTODIALYSE ADH DE ST AMAND LES EAUX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5858_FicheEtablissement/en/ctre-d-autodialyse-adh-de-st-amand</t>
+    <t>https://www.has-sante.fr/jcms/5858_FicheEtablissement/fr/ctre-d-autodialyse-adh-de-st-amand</t>
   </si>
   <si>
     <t>5858_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Des Anciens D'Afn</t>
   </si>
   <si>
     <t>59230 ST AMAND LES EAUX</t>
   </si>
   <si>
     <t>ST AMAND LES EAUX</t>
   </si>
   <si>
     <t>0327243878</t>
   </si>
   <si>
     <t>590064812</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>