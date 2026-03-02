--- v0 (2025-10-31)
+++ v1 (2026-03-02)
@@ -188,57 +188,57 @@
   <si>
     <t>3568_FicheEtablissement</t>
   </si>
   <si>
     <t>25 Rue Barberis</t>
   </si>
   <si>
     <t>06300 NICE</t>
   </si>
   <si>
     <t>NICE</t>
   </si>
   <si>
     <t>060792736</t>
   </si>
   <si>
     <t>AGAHTIR CENTRE D'AUTODIALYSE MANDELIEU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3571_FicheEtablissement/fr/agahtir-autodialyse-mandelieu</t>
   </si>
   <si>
     <t>3571_FicheEtablissement</t>
   </si>
   <si>
-    <t>601 Avenue De Frejus</t>
-[...5 lines deleted...]
-    <t>MANDELIEU LA NAPOULE</t>
+    <t>82 Avenue Franklin Roosevelt</t>
+  </si>
+  <si>
+    <t>06110 LE CANNET</t>
+  </si>
+  <si>
+    <t>LE CANNET</t>
   </si>
   <si>
     <t>060801016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>