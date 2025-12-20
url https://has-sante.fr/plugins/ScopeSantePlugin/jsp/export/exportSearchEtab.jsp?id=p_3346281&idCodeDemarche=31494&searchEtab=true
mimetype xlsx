--- v0 (2025-10-27)
+++ v1 (2025-12-20)
@@ -209,54 +209,54 @@
   <si>
     <t>AAIR UAD COLOMIERS MONNET</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3689_FicheEtablissement/en/aair-uad-colomiers-monnet</t>
   </si>
   <si>
     <t>3689_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Avenue Jean Monnet</t>
   </si>
   <si>
     <t>31770 COLOMIERS</t>
   </si>
   <si>
     <t>COLOMIERS</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>310020169</t>
   </si>
   <si>
-    <t>AAIR UDM TOULOUSE LE GOFF</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/en/aair-udm-toulouse-le-goff</t>
+    <t>AAIR UDM DD TOULOUSE LE GOFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/en/aair-udm-dd-toulouse-le-goff</t>
   </si>
   <si>
     <t>3691_FicheEtablissement</t>
   </si>
   <si>
     <t>64 Chemin Du Commandant Joel Le Goff</t>
   </si>
   <si>
     <t>31100 TOULOUSE</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>310782065</t>
   </si>
   <si>
     <t>AAIR UAD BLAGNAC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3695_FicheEtablissement/en/aair-uad-blagnac</t>
   </si>
   <si>
     <t>3695_FicheEtablissement</t>
   </si>
@@ -587,54 +587,54 @@
   <si>
     <t>AAIR UAD UDM DIALYSE A DOMICILE SAINT REMY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4133_FicheEtablissement/en/aair-uad-udm-dd-st-remy</t>
   </si>
   <si>
     <t>4133_FicheEtablissement</t>
   </si>
   <si>
     <t>680 Zone D'Activité Berals</t>
   </si>
   <si>
     <t>12200 ST REMY</t>
   </si>
   <si>
     <t>ST REMY</t>
   </si>
   <si>
     <t>0565453439</t>
   </si>
   <si>
     <t>120007786</t>
   </si>
   <si>
-    <t>AAIR UAD UDM DOMICILE RAMONVILLE SAINT AGNE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4136_FicheEtablissement/en/aair-uad-udm-dd-ramonville-st-agne</t>
+    <t>AAIR UAD UDM RAMONVILLE SAINT AGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4136_FicheEtablissement/en/aair-uad-udm-ramonville-st-agne</t>
   </si>
   <si>
     <t>4136_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Edouard Branly</t>
   </si>
   <si>
     <t>31520 RAMONVILLE ST AGNE</t>
   </si>
   <si>
     <t>RAMONVILLE ST AGNE</t>
   </si>
   <si>
     <t>310026919</t>
   </si>
   <si>
     <t>AAIR UAD TOULOUSE PERIOLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4137_FicheEtablissement/en/aair-uad-toulouse-periole</t>
   </si>
   <si>
     <t>4137_FicheEtablissement</t>
   </si>