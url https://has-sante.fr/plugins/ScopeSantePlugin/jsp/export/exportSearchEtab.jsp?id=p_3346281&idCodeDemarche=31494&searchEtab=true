--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -1,787 +1,808 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="600" uniqueCount="233">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>AAIR UAD UDM DD PAMIERS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:16:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3576_FicheEtablissement/en/aair-uad-udm-dd-pamiers</t>
+    <t>21/01/2025 10:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3576_FicheEtablissement/fr/aair-uad-udm-dd-pamiers</t>
   </si>
   <si>
     <t>3576_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>7 Chemin Des Menestrels</t>
   </si>
   <si>
     <t>09100 PAMIERS</t>
   </si>
   <si>
     <t>PAMIERS</t>
   </si>
   <si>
     <t>09</t>
   </si>
   <si>
     <t>0561161100</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>090002833</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>AAIR UAD LAVELANET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3577_FicheEtablissement/en/aair-uad-lavelanet</t>
+    <t>https://www.has-sante.fr/jcms/3577_FicheEtablissement/fr/aair-uad-lavelanet</t>
   </si>
   <si>
     <t>3577_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>41 Rue Alscace Lorraine</t>
   </si>
   <si>
     <t>09300 LAVELANET</t>
   </si>
   <si>
     <t>LAVELANET</t>
   </si>
   <si>
     <t>090784125</t>
   </si>
   <si>
     <t>AAIR UAD UDM SAINT LIZIER CLINIQUE DES ROZES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3578_FicheEtablissement/en/aair-uad-udm-st-lizier</t>
+    <t>https://www.has-sante.fr/jcms/3578_FicheEtablissement/fr/aair-uad-udm-st-lizier</t>
   </si>
   <si>
     <t>3578_FicheEtablissement</t>
   </si>
   <si>
     <t>09190 ST LIZIER</t>
   </si>
   <si>
     <t>ST LIZIER</t>
   </si>
   <si>
     <t>090784679</t>
   </si>
   <si>
     <t>AAIR UAD  RODEZ</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3586_FicheEtablissement/en/aair-uad-udm-rodez</t>
+    <t>https://www.has-sante.fr/jcms/3586_FicheEtablissement/fr/aair-uad-udm-rodez</t>
   </si>
   <si>
     <t>3586_FicheEtablissement</t>
   </si>
   <si>
     <t>19 Avenue Jean Monnet</t>
   </si>
   <si>
     <t>12000 RODEZ</t>
   </si>
   <si>
     <t>RODEZ</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>120005228</t>
   </si>
   <si>
-    <t>AAIR UAD COLOMIERS MONNET</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3689_FicheEtablissement/en/aair-uad-colomiers-monnet</t>
+    <t>AAIR UAD UDM COLOMIERS MONNET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3689_FicheEtablissement/fr/aair-uad-udm-colomiers-monnet</t>
   </si>
   <si>
     <t>3689_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Avenue Jean Monnet</t>
   </si>
   <si>
     <t>31770 COLOMIERS</t>
   </si>
   <si>
     <t>COLOMIERS</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>310020169</t>
   </si>
   <si>
-    <t>AAIR UDM DD TOULOUSE LE GOFF</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/en/aair-udm-dd-toulouse-le-goff</t>
+    <t>AAIR UDM TOULOUSE LE GOFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3691_FicheEtablissement/fr/aair-udm-tlse-le-goff</t>
   </si>
   <si>
     <t>3691_FicheEtablissement</t>
   </si>
   <si>
     <t>64 Chemin Du Commandant Joel Le Goff</t>
   </si>
   <si>
     <t>31100 TOULOUSE</t>
   </si>
   <si>
     <t>TOULOUSE</t>
   </si>
   <si>
     <t>310782065</t>
   </si>
   <si>
     <t>AAIR UAD BLAGNAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3695_FicheEtablissement/en/aair-uad-blagnac</t>
+    <t>https://www.has-sante.fr/jcms/3695_FicheEtablissement/fr/aair-uad-blagnac</t>
   </si>
   <si>
     <t>3695_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Des Ferronniers</t>
   </si>
   <si>
     <t>31700 BLAGNAC</t>
   </si>
   <si>
     <t>BLAGNAC</t>
   </si>
   <si>
     <t>310793567</t>
   </si>
   <si>
     <t>AAIR UAD TOULOUSE CEPIERE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3696_FicheEtablissement/en/aair-uad-toulouse-cepiere</t>
+    <t>https://www.has-sante.fr/jcms/3696_FicheEtablissement/fr/aair-uad-tlse-cepiere</t>
   </si>
   <si>
     <t>3696_FicheEtablissement</t>
   </si>
   <si>
     <t>80 Chemin Des Courses</t>
   </si>
   <si>
     <t>31300 TOULOUSE</t>
   </si>
   <si>
     <t>310793575</t>
   </si>
   <si>
-    <t>AAIR UAD UDM SAINT GAUDENS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3698_FicheEtablissement/en/aair-uad-udm-st-gaudens</t>
+    <t>AAIR UAD UDM DD SAINT GAUDENS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3698_FicheEtablissement/fr/aair-uad-udm-dd-st-gaudens</t>
   </si>
   <si>
     <t>3698_FicheEtablissement</t>
   </si>
   <si>
     <t>367 Avenue Simone Veil</t>
   </si>
   <si>
     <t>31800 ST GAUDENS</t>
   </si>
   <si>
     <t>ST GAUDENS</t>
   </si>
   <si>
     <t>310794524</t>
   </si>
   <si>
     <t>AAIR UAD MIRANDE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3702_FicheEtablissement/en/aair-uad-mirande</t>
+    <t>https://www.has-sante.fr/jcms/3702_FicheEtablissement/fr/aair-uad-mirande</t>
   </si>
   <si>
     <t>3702_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Avenue De Chanzy</t>
   </si>
   <si>
     <t>32300 MIRANDE</t>
   </si>
   <si>
     <t>MIRANDE</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>320001050</t>
   </si>
   <si>
     <t>AAIR UAD CONDOM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3703_FicheEtablissement/en/aair-uad-condom</t>
+    <t>https://www.has-sante.fr/jcms/3703_FicheEtablissement/fr/aair-uad-condom</t>
   </si>
   <si>
     <t>3703_FicheEtablissement</t>
   </si>
   <si>
     <t>23 Boulevard Montplaisir</t>
   </si>
   <si>
     <t>32100 CONDOM</t>
   </si>
   <si>
     <t>CONDOM</t>
   </si>
   <si>
     <t>320001688</t>
   </si>
   <si>
     <t>AAIR UAD UDM DD PAVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3704_FicheEtablissement/en/aair-uad-udm-dd-pavie</t>
+    <t>https://www.has-sante.fr/jcms/3704_FicheEtablissement/fr/aair-uad-udm-dd-pavie</t>
   </si>
   <si>
     <t>3704_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Du Junquet</t>
   </si>
   <si>
     <t>32550 PAVIE</t>
   </si>
   <si>
     <t>PAVIE</t>
   </si>
   <si>
     <t>320784515</t>
   </si>
   <si>
     <t>AAIR UAD FLEURANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3705_FicheEtablissement/en/aair-uad-fleurance</t>
+    <t>https://www.has-sante.fr/jcms/3705_FicheEtablissement/fr/aair-uad-fleurance</t>
   </si>
   <si>
     <t>3705_FicheEtablissement</t>
   </si>
   <si>
     <t>34 Avenue Martial Cazes</t>
   </si>
   <si>
     <t>32500 FLEURANCE</t>
   </si>
   <si>
     <t>FLEURANCE</t>
   </si>
   <si>
     <t>320785587</t>
   </si>
   <si>
-    <t>AAIR UAD PRAYSSAC</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3803_FicheEtablissement/en/aair-uad-prayssac</t>
+    <t>AAIR UAD UDM PRAYSSAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3803_FicheEtablissement/fr/aair-uad-udm-prayssac</t>
   </si>
   <si>
     <t>3803_FicheEtablissement</t>
   </si>
   <si>
     <t>46220 PRAYSSAC</t>
   </si>
   <si>
     <t>PRAYSSAC</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>460004641</t>
   </si>
   <si>
-    <t>AAIR UAD UDM CAHORS</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3804_FicheEtablissement/en/aair-uad-udm-cahors</t>
+    <t>AAIR UAD UDM DD CAHORS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3804_FicheEtablissement/fr/aair-uad-udm-dd-cahors</t>
   </si>
   <si>
     <t>3804_FicheEtablissement</t>
   </si>
   <si>
     <t>477 Avenue Maryse Bastie</t>
   </si>
   <si>
     <t>46000 CAHORS</t>
   </si>
   <si>
     <t>CAHORS</t>
   </si>
   <si>
     <t>460786346</t>
   </si>
   <si>
     <t>AAIR UAD UDM FIGEAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/en/aair-uad-udm-figeac</t>
+    <t>https://www.has-sante.fr/jcms/3805_FicheEtablissement/fr/aair-uad-udm-figeac</t>
   </si>
   <si>
     <t>3805_FicheEtablissement</t>
   </si>
   <si>
     <t>1239 Chemin Des Cretes</t>
   </si>
   <si>
     <t>46100 FIGEAC</t>
   </si>
   <si>
     <t>FIGEAC</t>
   </si>
   <si>
     <t>460786353</t>
   </si>
   <si>
-    <t>AAIR UAD MONTFAUCON</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/en/aair-uad-montfaucon</t>
+    <t>AAIR UAD UDM MONTFAUCON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3806_FicheEtablissement/fr/aair-uad-udm-montfaucon</t>
   </si>
   <si>
     <t>3806_FicheEtablissement</t>
   </si>
   <si>
     <t>46240 MONTFAUCON</t>
   </si>
   <si>
     <t>MONTFAUCON</t>
   </si>
   <si>
     <t>460786478</t>
   </si>
   <si>
     <t>AAIR UAD BAGNERES DE BIGORRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3930_FicheEtablissement/en/aair-uad-bagneres-de-bigorre</t>
+    <t>https://www.has-sante.fr/jcms/3930_FicheEtablissement/fr/aair-uad-bagneres-de-bigorre</t>
   </si>
   <si>
     <t>3930_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Paul Mathoux</t>
   </si>
   <si>
     <t>65200 BAGNERES DE BIGORRE</t>
   </si>
   <si>
     <t>BAGNERES DE BIGORRE</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>650005044</t>
   </si>
   <si>
-    <t>AAIR UAD MAUBOURGUET</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3931_FicheEtablissement/en/aair-uad-maubourguet</t>
+    <t>AAIR UAD UDM MAUBOURGUET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3931_FicheEtablissement/fr/aair-uad-udm-maubourguet</t>
   </si>
   <si>
     <t>3931_FicheEtablissement</t>
   </si>
   <si>
     <t>65700 MAUBOURGUET</t>
   </si>
   <si>
     <t>MAUBOURGUET</t>
   </si>
   <si>
     <t>650788573</t>
   </si>
   <si>
     <t>AAIR UAD LANNEMEZAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3932_FicheEtablissement/en/aair-uad-lannemezan</t>
+    <t>https://www.has-sante.fr/jcms/3932_FicheEtablissement/fr/aair-uad-lannemezan</t>
   </si>
   <si>
     <t>3932_FicheEtablissement</t>
   </si>
   <si>
     <t>644 Route De Toulouse</t>
   </si>
   <si>
     <t>65308 LANNEMEZAN</t>
   </si>
   <si>
     <t>LANNEMEZAN</t>
   </si>
   <si>
     <t>650788599</t>
   </si>
   <si>
     <t>AAIR UAD UDM LOURDES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3933_FicheEtablissement/en/aair-uad-udm-lourdes</t>
+    <t>https://www.has-sante.fr/jcms/3933_FicheEtablissement/fr/aair-uad-udm-lourdes</t>
   </si>
   <si>
     <t>3933_FicheEtablissement</t>
   </si>
   <si>
     <t>43 Avenue De Sarsan</t>
   </si>
   <si>
     <t>65100 LOURDES</t>
   </si>
   <si>
     <t>LOURDES</t>
   </si>
   <si>
     <t>650788607</t>
   </si>
   <si>
-    <t>AAIR UAD TARBES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3934_FicheEtablissement/en/aair-uad-tarbes</t>
+    <t>AAIR UAD UDM DIALYSE A DOMICILE TARBES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3934_FicheEtablissement/fr/aair-uad-udm-dd-tarbes</t>
   </si>
   <si>
     <t>3934_FicheEtablissement</t>
   </si>
   <si>
     <t>31 Avenue Du Marechal Joffre</t>
   </si>
   <si>
     <t>65000 TARBES</t>
   </si>
   <si>
     <t>TARBES</t>
   </si>
   <si>
     <t>650788615</t>
   </si>
   <si>
     <t>AAIR UAD UDM DIALYSE A DOMICILE SAINT REMY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4133_FicheEtablissement/en/aair-uad-udm-dd-st-remy</t>
+    <t>https://www.has-sante.fr/jcms/4133_FicheEtablissement/fr/aair-uad-udm-dd-st-remy</t>
   </si>
   <si>
     <t>4133_FicheEtablissement</t>
   </si>
   <si>
     <t>680 Zone D'Activité Berals</t>
   </si>
   <si>
     <t>12200 ST REMY</t>
   </si>
   <si>
     <t>ST REMY</t>
   </si>
   <si>
     <t>0565453439</t>
   </si>
   <si>
     <t>120007786</t>
   </si>
   <si>
-    <t>AAIR UAD UDM RAMONVILLE SAINT AGNE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4136_FicheEtablissement/en/aair-uad-udm-ramonville-st-agne</t>
+    <t>AAIR UAD UDM DOMICILE RAMONVILLE SAINT AGNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4136_FicheEtablissement/fr/aair-uad-udm-dd-ramonville-st-agne</t>
   </si>
   <si>
     <t>4136_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Rue Edouard Branly</t>
   </si>
   <si>
     <t>31520 RAMONVILLE ST AGNE</t>
   </si>
   <si>
     <t>RAMONVILLE ST AGNE</t>
   </si>
   <si>
     <t>310026919</t>
   </si>
   <si>
-    <t>AAIR UAD TOULOUSE PERIOLE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4137_FicheEtablissement/en/aair-uad-toulouse-periole</t>
+    <t>AAIR UAD UDM TOULOUSE PERIOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4137_FicheEtablissement/fr/aair-uad-udm-tls-periole</t>
   </si>
   <si>
     <t>4137_FicheEtablissement</t>
   </si>
   <si>
     <t>50 Rue De Periole</t>
   </si>
   <si>
     <t>31500 TOULOUSE</t>
   </si>
   <si>
     <t>310031927</t>
   </si>
   <si>
-    <t>AAIR UAD L'ISLE JOURDAIN</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/en/aair-uad-l-isle-jourdain</t>
+    <t>AAIR UAD UDM L'ISLE JOURDAIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4138_FicheEtablissement/fr/aair-uad-udm-l-isle-jourdain</t>
   </si>
   <si>
     <t>4138_FicheEtablissement</t>
   </si>
   <si>
     <t>12 Avenue De Verdun</t>
   </si>
   <si>
     <t>32600 L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>L ISLE JOURDAIN</t>
   </si>
   <si>
     <t>320004872</t>
   </si>
   <si>
     <t>AAIR UAD UDM NOGARO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/4139_FicheEtablissement/en/aair-uad-udm-nogaro</t>
+    <t>https://www.has-sante.fr/jcms/4139_FicheEtablissement/fr/aair-uad-udm-nogaro</t>
   </si>
   <si>
     <t>4139_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue D'Estalens</t>
   </si>
   <si>
     <t>32110 NOGARO</t>
   </si>
   <si>
     <t>NOGARO</t>
   </si>
   <si>
     <t>320005523</t>
   </si>
   <si>
-    <t>AAIR UAD SAINT CERE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/en/aair-uad-st-cere</t>
+    <t>AAIR UAD UDM SAINT CERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4143_FicheEtablissement/fr/aair-uad-udm-st-cere</t>
   </si>
   <si>
     <t>4143_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Avenue Du Dr Roux</t>
   </si>
   <si>
     <t>46400 ST CERE</t>
   </si>
   <si>
     <t>ST CERE</t>
   </si>
   <si>
     <t>460006612</t>
+  </si>
+  <si>
+    <t>AAIR UAD UDM CASTELNAU D'ESTRETEFONDS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7756_FicheEtablissement/fr/aair-uad-udm-castelnau-d-estretefonds</t>
+  </si>
+  <si>
+    <t>7756_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>17 Chemin De La Peradere</t>
+  </si>
+  <si>
+    <t>31620 CASTELNAU D ESTRETEFONDS</t>
+  </si>
+  <si>
+    <t>CASTELNAU D ESTRETEFONDS</t>
+  </si>
+  <si>
+    <t>310035548</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:T30"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1327,51 +1348,51 @@
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>23</v>
       </c>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10" t="s">
         <v>87</v>
       </c>
       <c r="H10" t="s">
         <v>88</v>
       </c>
       <c r="I10" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J10" t="s">
         <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>90</v>
       </c>
       <c r="L10" t="s">
         <v>91</v>
       </c>
       <c r="M10" t="s">
         <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>31</v>
       </c>
       <c r="O10" t="s">
         <v>22</v>
       </c>
       <c r="P10" t="s">
         <v>32</v>
       </c>
       <c r="Q10" t="s">
         <v>33</v>
       </c>
@@ -1513,51 +1534,51 @@
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>108</v>
       </c>
       <c r="C13" t="s">
         <v>22</v>
       </c>
       <c r="D13" t="s">
         <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>23</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>109</v>
       </c>
       <c r="H13" t="s">
         <v>110</v>
       </c>
       <c r="I13" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J13" t="s">
         <v>111</v>
       </c>
       <c r="K13" t="s">
         <v>112</v>
       </c>
       <c r="L13" t="s">
         <v>113</v>
       </c>
       <c r="M13" t="s">
         <v>99</v>
       </c>
       <c r="N13" t="s">
         <v>31</v>
       </c>
       <c r="O13" t="s">
         <v>22</v>
       </c>
       <c r="P13" t="s">
         <v>32</v>
       </c>
       <c r="Q13" t="s">
         <v>33</v>
       </c>
@@ -2538,46 +2559,108 @@
       <c r="L29" t="s">
         <v>224</v>
       </c>
       <c r="M29" t="s">
         <v>127</v>
       </c>
       <c r="N29" t="s">
         <v>31</v>
       </c>
       <c r="O29" t="s">
         <v>22</v>
       </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
         <v>33</v>
       </c>
       <c r="R29" t="s">
         <v>32</v>
       </c>
       <c r="S29" t="s">
         <v>225</v>
       </c>
       <c r="T29" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>20</v>
+      </c>
+      <c r="B30" t="s">
+        <v>226</v>
+      </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
+        <v>227</v>
+      </c>
+      <c r="H30" t="s">
+        <v>228</v>
+      </c>
+      <c r="I30" t="s">
+        <v>39</v>
+      </c>
+      <c r="J30" t="s">
+        <v>229</v>
+      </c>
+      <c r="K30" t="s">
+        <v>230</v>
+      </c>
+      <c r="L30" t="s">
+        <v>231</v>
+      </c>
+      <c r="M30" t="s">
+        <v>64</v>
+      </c>
+      <c r="N30" t="s">
+        <v>22</v>
+      </c>
+      <c r="O30" t="s">
+        <v>22</v>
+      </c>
+      <c r="P30" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>33</v>
+      </c>
+      <c r="R30" t="s">
+        <v>32</v>
+      </c>
+      <c r="S30" t="s">
+        <v>232</v>
+      </c>
+      <c r="T30" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>