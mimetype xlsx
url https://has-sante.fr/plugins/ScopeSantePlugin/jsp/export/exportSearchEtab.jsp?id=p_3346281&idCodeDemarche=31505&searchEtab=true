--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>INSTITUT MEDICALISÉ DE PLANCOET</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>31/01/2025 09:34:29</t>
+    <t>10/12/2025 11:48:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/625_FicheEtablissement/fr/institut-medical-specialise-plancoet</t>
   </si>
   <si>
     <t>625_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>12 Rue Marie Paule Salonne</t>
   </si>
   <si>
     <t>22130 PLANCOET</t>
   </si>
   <si>
     <t>PLANCOET</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>0296843737</t>
   </si>