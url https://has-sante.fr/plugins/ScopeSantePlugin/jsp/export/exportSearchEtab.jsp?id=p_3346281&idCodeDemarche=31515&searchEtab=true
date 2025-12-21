--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE DE GORZE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/06/2025 13:47:40</t>
+    <t>27/11/2025 11:22:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1834_FicheEtablissement/fr/usld-cms-de-gorze</t>
   </si>
   <si>
     <t>1834_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>163 Rue De La Meuse</t>
   </si>
   <si>
     <t>57680 GORZE</t>
   </si>
   <si>
     <t>GORZE</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>0387385300</t>
   </si>