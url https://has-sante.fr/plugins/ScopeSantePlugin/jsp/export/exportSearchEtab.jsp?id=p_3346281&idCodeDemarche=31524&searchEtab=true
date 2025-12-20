--- v0 (2025-10-27)
+++ v1 (2025-12-20)
@@ -1,217 +1,313 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>CENTRE DE READAPTATION RENOVATION FOYER CAUDERAN</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 03:08:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1043_FicheEtablissement/fr/centre-readapt-cauderan-renovation</t>
+  </si>
+  <si>
+    <t>1043_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>15 Rue De Cauderan</t>
+  </si>
+  <si>
+    <t>33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>BORDEAUX</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>0556816721</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>330781162</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
     <t>CENTRE DE READAPTATION RENOVATION FOYER PASTEUR</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1044_FicheEtablissement/en/centre-readapt-pasteur-renovation</t>
+    <t>18/06/2025 14:51:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1044_FicheEtablissement/fr/centre-readapt-pasteur-renovation</t>
   </si>
   <si>
     <t>1044_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>38 Rue Pasteur</t>
   </si>
   <si>
     <t>33200 BORDEAUX</t>
   </si>
   <si>
-    <t>BORDEAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>0557223282</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...4 lines deleted...]
-  <si>
     <t>330781170</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>CENTRE DE READAPTATION RENOVATION FOYER CROIX DE SEGUEY</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:08:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1051_FicheEtablissement/fr/centre-readapt-seguey-renovation</t>
+  </si>
+  <si>
+    <t>1051_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>91 Rue Croix De Seguey</t>
+  </si>
+  <si>
+    <t>0556449999</t>
+  </si>
+  <si>
+    <t>330781808</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT THERAPEUTIQUE ADO</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:05:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7659_FicheEtablissement/fr/etablissement-therapeutique-ado</t>
+  </si>
+  <si>
+    <t>7659_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>28 Cours Jules Ferry</t>
+  </si>
+  <si>
+    <t>17800 PONS</t>
+  </si>
+  <si>
+    <t>PONS</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>0546947806</t>
+  </si>
+  <si>
+    <t>170784086</t>
+  </si>
+  <si>
+    <t>HOPITAL DE JOUR DU PARC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7741_FicheEtablissement/fr/hopital-de-jour-du-parc</t>
+  </si>
+  <si>
+    <t>7741_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>347 Boulevard Du President Wilson</t>
+  </si>
+  <si>
+    <t>0556022480</t>
+  </si>
+  <si>
+    <t>330783614</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T2"/>
+  <dimension ref="A1:T6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -297,43 +393,291 @@
       <c r="M2" t="s">
         <v>30</v>
       </c>
       <c r="N2" t="s">
         <v>31</v>
       </c>
       <c r="O2" t="s">
         <v>22</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>22</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" t="s">
+        <v>41</v>
+      </c>
+      <c r="K3" t="s">
+        <v>42</v>
+      </c>
+      <c r="L3" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" t="s">
+        <v>43</v>
+      </c>
+      <c r="O3" t="s">
+        <v>22</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>33</v>
+      </c>
+      <c r="R3" t="s">
+        <v>32</v>
+      </c>
+      <c r="S3" t="s">
+        <v>44</v>
+      </c>
+      <c r="T3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R4" t="s">
+        <v>32</v>
+      </c>
+      <c r="S4" t="s">
+        <v>51</v>
+      </c>
+      <c r="T4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O5" t="s">
+        <v>22</v>
+      </c>
+      <c r="P5" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>33</v>
+      </c>
+      <c r="R5" t="s">
+        <v>32</v>
+      </c>
+      <c r="S5" t="s">
+        <v>61</v>
+      </c>
+      <c r="T5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>40</v>
+      </c>
+      <c r="J6" t="s">
+        <v>65</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>29</v>
+      </c>
+      <c r="M6" t="s">
+        <v>30</v>
+      </c>
+      <c r="N6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O6" t="s">
+        <v>22</v>
+      </c>
+      <c r="P6" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>33</v>
+      </c>
+      <c r="R6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" t="s">
+        <v>67</v>
+      </c>
+      <c r="T6" t="s">
+        <v>35</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>