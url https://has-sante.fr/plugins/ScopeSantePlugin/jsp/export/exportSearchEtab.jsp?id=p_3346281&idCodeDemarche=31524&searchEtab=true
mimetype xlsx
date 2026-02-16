--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -213,101 +213,122 @@
     <t>17</t>
   </si>
   <si>
     <t>0546947806</t>
   </si>
   <si>
     <t>170784086</t>
   </si>
   <si>
     <t>HOPITAL DE JOUR DU PARC</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7741_FicheEtablissement/fr/hopital-de-jour-du-parc</t>
   </si>
   <si>
     <t>7741_FicheEtablissement</t>
   </si>
   <si>
     <t>347 Boulevard Du President Wilson</t>
   </si>
   <si>
     <t>0556022480</t>
   </si>
   <si>
     <t>330783614</t>
+  </si>
+  <si>
+    <t>CMP BORDEAUX-NORD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7764_FicheEtablissement/fr/cmp-bordeaux-nord</t>
+  </si>
+  <si>
+    <t>7764_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Jean Artus</t>
+  </si>
+  <si>
+    <t>33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>0556075770</t>
+  </si>
+  <si>
+    <t>330780636</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T6"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -641,43 +662,105 @@
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>66</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>33</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
         <v>67</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
     </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>29</v>
+      </c>
+      <c r="M7" t="s">
+        <v>30</v>
+      </c>
+      <c r="N7" t="s">
+        <v>73</v>
+      </c>
+      <c r="O7" t="s">
+        <v>22</v>
+      </c>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>22</v>
+      </c>
+      <c r="R7" t="s">
+        <v>32</v>
+      </c>
+      <c r="S7" t="s">
+        <v>74</v>
+      </c>
+      <c r="T7" t="s">
+        <v>35</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>