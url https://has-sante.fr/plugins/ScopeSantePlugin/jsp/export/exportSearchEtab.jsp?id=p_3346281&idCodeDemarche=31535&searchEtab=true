--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -116,51 +116,51 @@
   <si>
     <t>24 Avenue Du General De Gaulle</t>
   </si>
   <si>
     <t>97310 KOUROU</t>
   </si>
   <si>
     <t>KOUROU</t>
   </si>
   <si>
     <t>9C</t>
   </si>
   <si>
     <t>0594320856</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>970303608</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
+    <t>B</t>
   </si>
   <si>
     <t>HOSPITALISATION A DOMICILE HAD GUYANE ANTENNE DE CAYENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3500_FicheEtablissement/fr/had-guyane-antenne-de-cayenne</t>
   </si>
   <si>
     <t>3500_FicheEtablissement</t>
   </si>
   <si>
     <t>97300 CAYENNE</t>
   </si>
   <si>
     <t>CAYENNE</t>
   </si>
   <si>
     <t>0594286218</t>
   </si>
   <si>
     <t>970303640</t>
   </si>
   <si>
     <t>HAD GUYANE - ANTENNE DE SAINT-LAURENT DU MARONI</t>
   </si>