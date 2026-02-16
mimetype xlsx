--- v0 (2025-12-20)
+++ v1 (2026-02-16)
@@ -1433,51 +1433,51 @@
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>89</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>23</v>
       </c>
       <c r="F12" t="s">
         <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>103</v>
       </c>
       <c r="H12" t="s">
         <v>104</v>
       </c>
       <c r="I12" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="J12" t="s">
         <v>93</v>
       </c>
       <c r="K12" t="s">
         <v>105</v>
       </c>
       <c r="L12" t="s">
         <v>95</v>
       </c>
       <c r="M12" t="s">
         <v>48</v>
       </c>
       <c r="N12" t="s">
         <v>106</v>
       </c>
       <c r="O12" t="s">
         <v>22</v>
       </c>
       <c r="P12" t="s">
         <v>31</v>
       </c>
       <c r="Q12" t="s">
         <v>32</v>
       </c>