--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="280">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -594,50 +594,53 @@
     <t>PLOERMEL</t>
   </si>
   <si>
     <t>560014128</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE AMBULATOIRE VANNES - ECHO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3847_FicheEtablissement/fr/ctre-dialyse-ambulatoire-vannes-echo</t>
   </si>
   <si>
     <t>3847_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Boulevard Guillaudot</t>
   </si>
   <si>
     <t>0297424711</t>
   </si>
   <si>
     <t>560023152</t>
   </si>
   <si>
     <t>CENTRE DIALYSE ECHO LE MANS CH</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3967_FicheEtablissement/fr/centre-dialyse-echo-le-mans-ch</t>
   </si>
   <si>
     <t>3967_FicheEtablissement</t>
   </si>
   <si>
     <t>194 Avenue Rubillard</t>
   </si>
   <si>
     <t>72037 LE MANS CEDEX 9</t>
   </si>
   <si>
     <t>LE MANS CEDEX 9</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>0243432474</t>
   </si>
   <si>
     <t>720003441</t>
   </si>
@@ -2404,773 +2407,773 @@
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>193</v>
       </c>
       <c r="T24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>194</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>22</v>
       </c>
       <c r="E25" t="s">
-        <v>23</v>
+        <v>195</v>
       </c>
       <c r="F25" t="s">
         <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="I25" t="s">
         <v>39</v>
       </c>
       <c r="J25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O25" t="s">
         <v>22</v>
       </c>
       <c r="P25" t="s">
         <v>32</v>
       </c>
       <c r="Q25" t="s">
         <v>33</v>
       </c>
       <c r="R25" t="s">
         <v>32</v>
       </c>
       <c r="S25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="T25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C26" t="s">
         <v>22</v>
       </c>
       <c r="D26" t="s">
         <v>22</v>
       </c>
       <c r="E26" t="s">
         <v>23</v>
       </c>
       <c r="F26" t="s">
         <v>22</v>
       </c>
       <c r="G26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I26" t="s">
         <v>26</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M26" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N26" t="s">
         <v>22</v>
       </c>
       <c r="O26" t="s">
         <v>22</v>
       </c>
       <c r="P26" t="s">
         <v>32</v>
       </c>
       <c r="Q26" t="s">
         <v>33</v>
       </c>
       <c r="R26" t="s">
         <v>32</v>
       </c>
       <c r="S26" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C27" t="s">
         <v>22</v>
       </c>
       <c r="D27" t="s">
         <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>23</v>
       </c>
       <c r="F27" t="s">
         <v>22</v>
       </c>
       <c r="G27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I27" t="s">
         <v>26</v>
       </c>
       <c r="J27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L27" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M27" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N27" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O27" t="s">
         <v>22</v>
       </c>
       <c r="P27" t="s">
         <v>32</v>
       </c>
       <c r="Q27" t="s">
         <v>33</v>
       </c>
       <c r="R27" t="s">
         <v>32</v>
       </c>
       <c r="S27" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="T27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C28" t="s">
         <v>22</v>
       </c>
       <c r="D28" t="s">
         <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>23</v>
       </c>
       <c r="F28" t="s">
         <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I28" t="s">
         <v>39</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
       <c r="K28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="L28" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
         <v>22</v>
       </c>
       <c r="O28" t="s">
         <v>22</v>
       </c>
       <c r="P28" t="s">
         <v>32</v>
       </c>
       <c r="Q28" t="s">
         <v>33</v>
       </c>
       <c r="R28" t="s">
         <v>32</v>
       </c>
       <c r="S28" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="T28" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
         <v>22</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
         <v>23</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I29" t="s">
         <v>39</v>
       </c>
       <c r="J29" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="K29" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L29" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M29" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N29" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O29" t="s">
         <v>22</v>
       </c>
       <c r="P29" t="s">
         <v>32</v>
       </c>
       <c r="Q29" t="s">
         <v>33</v>
       </c>
       <c r="R29" t="s">
         <v>32</v>
       </c>
       <c r="S29" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="T29" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C30" t="s">
         <v>22</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
         <v>23</v>
       </c>
       <c r="F30" t="s">
         <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H30" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I30" t="s">
         <v>26</v>
       </c>
       <c r="J30" t="s">
         <v>22</v>
       </c>
       <c r="K30" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L30" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N30" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O30" t="s">
         <v>22</v>
       </c>
       <c r="P30" t="s">
         <v>32</v>
       </c>
       <c r="Q30" t="s">
         <v>33</v>
       </c>
       <c r="R30" t="s">
         <v>32</v>
       </c>
       <c r="S30" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="T30" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C31" t="s">
         <v>22</v>
       </c>
       <c r="D31" t="s">
         <v>22</v>
       </c>
       <c r="E31" t="s">
         <v>23</v>
       </c>
       <c r="F31" t="s">
         <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H31" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I31" t="s">
         <v>39</v>
       </c>
       <c r="J31" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K31" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L31" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O31" t="s">
         <v>22</v>
       </c>
       <c r="P31" t="s">
         <v>32</v>
       </c>
       <c r="Q31" t="s">
         <v>33</v>
       </c>
       <c r="R31" t="s">
         <v>32</v>
       </c>
       <c r="S31" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="T31" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C32" t="s">
         <v>22</v>
       </c>
       <c r="D32" t="s">
         <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>23</v>
       </c>
       <c r="F32" t="s">
         <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H32" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I32" t="s">
         <v>26</v>
       </c>
       <c r="J32" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K32" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L32" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O32" t="s">
         <v>22</v>
       </c>
       <c r="P32" t="s">
         <v>32</v>
       </c>
       <c r="Q32" t="s">
         <v>33</v>
       </c>
       <c r="R32" t="s">
         <v>32</v>
       </c>
       <c r="S32" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="T32" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C33" t="s">
         <v>22</v>
       </c>
       <c r="D33" t="s">
         <v>22</v>
       </c>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33" t="s">
         <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H33" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I33" t="s">
         <v>39</v>
       </c>
       <c r="J33" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K33" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L33" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O33" t="s">
         <v>22</v>
       </c>
       <c r="P33" t="s">
         <v>32</v>
       </c>
       <c r="Q33" t="s">
         <v>33</v>
       </c>
       <c r="R33" t="s">
         <v>32</v>
       </c>
       <c r="S33" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="T33" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C34" t="s">
         <v>22</v>
       </c>
       <c r="D34" t="s">
         <v>22</v>
       </c>
       <c r="E34" t="s">
         <v>23</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H34" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I34" t="s">
         <v>39</v>
       </c>
       <c r="J34" t="s">
         <v>22</v>
       </c>
       <c r="K34" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L34" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N34" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="O34" t="s">
         <v>22</v>
       </c>
       <c r="P34" t="s">
         <v>32</v>
       </c>
       <c r="Q34" t="s">
         <v>33</v>
       </c>
       <c r="R34" t="s">
         <v>32</v>
       </c>
       <c r="S34" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="T34" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C35" t="s">
         <v>22</v>
       </c>
       <c r="D35" t="s">
         <v>22</v>
       </c>
       <c r="E35" t="s">
         <v>23</v>
       </c>
       <c r="F35" t="s">
         <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H35" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I35" t="s">
         <v>26</v>
       </c>
       <c r="J35" t="s">
         <v>22</v>
       </c>
       <c r="K35" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="L35" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M35" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="N35" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="O35" t="s">
         <v>22</v>
       </c>
       <c r="P35" t="s">
         <v>32</v>
       </c>
       <c r="Q35" t="s">
         <v>33</v>
       </c>
       <c r="R35" t="s">
         <v>32</v>
       </c>
       <c r="S35" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="T35" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C36" t="s">
         <v>22</v>
       </c>
       <c r="D36" t="s">
         <v>22</v>
       </c>
       <c r="E36" t="s">
         <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>22</v>
       </c>
       <c r="G36" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H36" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I36" t="s">
         <v>39</v>
       </c>
       <c r="J36" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="K36" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="L36" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M36" t="s">
         <v>30</v>
       </c>
       <c r="N36" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="O36" t="s">
         <v>22</v>
       </c>
       <c r="P36" t="s">
         <v>32</v>
       </c>
       <c r="Q36" t="s">
         <v>33</v>
       </c>
       <c r="R36" t="s">
         <v>32</v>
       </c>
       <c r="S36" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="T36" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>