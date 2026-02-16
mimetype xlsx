--- v1 (2025-12-19)
+++ v2 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="279">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -594,53 +594,50 @@
     <t>PLOERMEL</t>
   </si>
   <si>
     <t>560014128</t>
   </si>
   <si>
     <t>CENTRE DE DIALYSE AMBULATOIRE VANNES - ECHO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3847_FicheEtablissement/fr/ctre-dialyse-ambulatoire-vannes-echo</t>
   </si>
   <si>
     <t>3847_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Boulevard Guillaudot</t>
   </si>
   <si>
     <t>0297424711</t>
   </si>
   <si>
     <t>560023152</t>
   </si>
   <si>
     <t>CENTRE DIALYSE ECHO LE MANS CH</t>
-  </si>
-[...1 lines deleted...]
-    <t>21/01/2025 10:16:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3967_FicheEtablissement/fr/centre-dialyse-echo-le-mans-ch</t>
   </si>
   <si>
     <t>3967_FicheEtablissement</t>
   </si>
   <si>
     <t>194 Avenue Rubillard</t>
   </si>
   <si>
     <t>72037 LE MANS CEDEX 9</t>
   </si>
   <si>
     <t>LE MANS CEDEX 9</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>0243432474</t>
   </si>
   <si>
     <t>720003441</t>
   </si>
@@ -1985,51 +1982,51 @@
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>148</v>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="F18" t="s">
         <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>149</v>
       </c>
       <c r="H18" t="s">
         <v>150</v>
       </c>
       <c r="I18" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J18" t="s">
         <v>22</v>
       </c>
       <c r="K18" t="s">
         <v>151</v>
       </c>
       <c r="L18" t="s">
         <v>152</v>
       </c>
       <c r="M18" t="s">
         <v>138</v>
       </c>
       <c r="N18" t="s">
         <v>146</v>
       </c>
       <c r="O18" t="s">
         <v>22</v>
       </c>
       <c r="P18" t="s">
         <v>32</v>
       </c>
       <c r="Q18" t="s">
         <v>33</v>
       </c>
@@ -2407,773 +2404,773 @@
       </c>
       <c r="R24" t="s">
         <v>32</v>
       </c>
       <c r="S24" t="s">
         <v>193</v>
       </c>
       <c r="T24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25" t="s">
         <v>194</v>
       </c>
       <c r="C25" t="s">
         <v>22</v>
       </c>
       <c r="D25" t="s">
         <v>22</v>
       </c>
       <c r="E25" t="s">
+        <v>23</v>
+      </c>
+      <c r="F25" t="s">
+        <v>22</v>
+      </c>
+      <c r="G25" t="s">
         <v>195</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I25" t="s">
         <v>39</v>
       </c>
       <c r="J25" t="s">
+        <v>197</v>
+      </c>
+      <c r="K25" t="s">
         <v>198</v>
       </c>
-      <c r="K25" t="s">
+      <c r="L25" t="s">
         <v>199</v>
       </c>
-      <c r="L25" t="s">
+      <c r="M25" t="s">
         <v>200</v>
       </c>
-      <c r="M25" t="s">
+      <c r="N25" t="s">
         <v>201</v>
       </c>
-      <c r="N25" t="s">
+      <c r="O25" t="s">
+        <v>22</v>
+      </c>
+      <c r="P25" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>33</v>
+      </c>
+      <c r="R25" t="s">
+        <v>32</v>
+      </c>
+      <c r="S25" t="s">
         <v>202</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
       <c r="T25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>20</v>
       </c>
       <c r="B26" t="s">
+        <v>203</v>
+      </c>
+      <c r="C26" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" t="s">
+        <v>22</v>
+      </c>
+      <c r="E26" t="s">
+        <v>23</v>
+      </c>
+      <c r="F26" t="s">
+        <v>22</v>
+      </c>
+      <c r="G26" t="s">
         <v>204</v>
       </c>
-      <c r="C26" t="s">
-[...11 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="I26" t="s">
         <v>26</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26" t="s">
+        <v>206</v>
+      </c>
+      <c r="L26" t="s">
         <v>207</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" t="s">
+        <v>200</v>
+      </c>
+      <c r="N26" t="s">
+        <v>22</v>
+      </c>
+      <c r="O26" t="s">
+        <v>22</v>
+      </c>
+      <c r="P26" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>33</v>
+      </c>
+      <c r="R26" t="s">
+        <v>32</v>
+      </c>
+      <c r="S26" t="s">
         <v>208</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
       <c r="T26" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>20</v>
       </c>
       <c r="B27" t="s">
+        <v>209</v>
+      </c>
+      <c r="C27" t="s">
+        <v>22</v>
+      </c>
+      <c r="D27" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" t="s">
+        <v>23</v>
+      </c>
+      <c r="F27" t="s">
+        <v>22</v>
+      </c>
+      <c r="G27" t="s">
         <v>210</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="I27" t="s">
         <v>26</v>
       </c>
       <c r="J27" t="s">
+        <v>212</v>
+      </c>
+      <c r="K27" t="s">
         <v>213</v>
       </c>
-      <c r="K27" t="s">
+      <c r="L27" t="s">
         <v>214</v>
       </c>
-      <c r="L27" t="s">
+      <c r="M27" t="s">
+        <v>200</v>
+      </c>
+      <c r="N27" t="s">
+        <v>201</v>
+      </c>
+      <c r="O27" t="s">
+        <v>22</v>
+      </c>
+      <c r="P27" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>33</v>
+      </c>
+      <c r="R27" t="s">
+        <v>32</v>
+      </c>
+      <c r="S27" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>216</v>
       </c>
       <c r="T27" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>20</v>
       </c>
       <c r="B28" t="s">
+        <v>216</v>
+      </c>
+      <c r="C28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" t="s">
+        <v>23</v>
+      </c>
+      <c r="F28" t="s">
+        <v>22</v>
+      </c>
+      <c r="G28" t="s">
         <v>217</v>
       </c>
-      <c r="C28" t="s">
-[...11 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I28" t="s">
         <v>39</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
       <c r="K28" t="s">
+        <v>219</v>
+      </c>
+      <c r="L28" t="s">
         <v>220</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>22</v>
+      </c>
+      <c r="O28" t="s">
+        <v>22</v>
+      </c>
+      <c r="P28" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>33</v>
+      </c>
+      <c r="R28" t="s">
+        <v>32</v>
+      </c>
+      <c r="S28" t="s">
         <v>221</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
       <c r="T28" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>20</v>
       </c>
       <c r="B29" t="s">
+        <v>222</v>
+      </c>
+      <c r="C29" t="s">
+        <v>22</v>
+      </c>
+      <c r="D29" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" t="s">
+        <v>23</v>
+      </c>
+      <c r="F29" t="s">
+        <v>22</v>
+      </c>
+      <c r="G29" t="s">
         <v>223</v>
       </c>
-      <c r="C29" t="s">
-[...11 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="I29" t="s">
         <v>39</v>
       </c>
       <c r="J29" t="s">
+        <v>225</v>
+      </c>
+      <c r="K29" t="s">
         <v>226</v>
       </c>
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>227</v>
       </c>
-      <c r="L29" t="s">
+      <c r="M29" t="s">
         <v>228</v>
       </c>
-      <c r="M29" t="s">
+      <c r="N29" t="s">
         <v>229</v>
       </c>
-      <c r="N29" t="s">
+      <c r="O29" t="s">
+        <v>22</v>
+      </c>
+      <c r="P29" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>33</v>
+      </c>
+      <c r="R29" t="s">
+        <v>32</v>
+      </c>
+      <c r="S29" t="s">
         <v>230</v>
-      </c>
-[...13 lines deleted...]
-        <v>231</v>
       </c>
       <c r="T29" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>20</v>
       </c>
       <c r="B30" t="s">
+        <v>231</v>
+      </c>
+      <c r="C30" t="s">
+        <v>22</v>
+      </c>
+      <c r="D30" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" t="s">
+        <v>23</v>
+      </c>
+      <c r="F30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G30" t="s">
         <v>232</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="I30" t="s">
         <v>26</v>
       </c>
       <c r="J30" t="s">
         <v>22</v>
       </c>
       <c r="K30" t="s">
+        <v>234</v>
+      </c>
+      <c r="L30" t="s">
         <v>235</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>228</v>
+      </c>
+      <c r="N30" t="s">
+        <v>229</v>
+      </c>
+      <c r="O30" t="s">
+        <v>22</v>
+      </c>
+      <c r="P30" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>33</v>
+      </c>
+      <c r="R30" t="s">
+        <v>32</v>
+      </c>
+      <c r="S30" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>237</v>
       </c>
       <c r="T30" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>20</v>
       </c>
       <c r="B31" t="s">
+        <v>237</v>
+      </c>
+      <c r="C31" t="s">
+        <v>22</v>
+      </c>
+      <c r="D31" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" t="s">
+        <v>23</v>
+      </c>
+      <c r="F31" t="s">
+        <v>22</v>
+      </c>
+      <c r="G31" t="s">
         <v>238</v>
       </c>
-      <c r="C31" t="s">
-[...11 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I31" t="s">
         <v>39</v>
       </c>
       <c r="J31" t="s">
+        <v>240</v>
+      </c>
+      <c r="K31" t="s">
         <v>241</v>
       </c>
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>242</v>
       </c>
-      <c r="L31" t="s">
+      <c r="M31" t="s">
+        <v>228</v>
+      </c>
+      <c r="N31" t="s">
+        <v>229</v>
+      </c>
+      <c r="O31" t="s">
+        <v>22</v>
+      </c>
+      <c r="P31" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>33</v>
+      </c>
+      <c r="R31" t="s">
+        <v>32</v>
+      </c>
+      <c r="S31" t="s">
         <v>243</v>
-      </c>
-[...19 lines deleted...]
-        <v>244</v>
       </c>
       <c r="T31" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>20</v>
       </c>
       <c r="B32" t="s">
+        <v>244</v>
+      </c>
+      <c r="C32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D32" t="s">
+        <v>22</v>
+      </c>
+      <c r="E32" t="s">
+        <v>23</v>
+      </c>
+      <c r="F32" t="s">
+        <v>22</v>
+      </c>
+      <c r="G32" t="s">
         <v>245</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="I32" t="s">
         <v>26</v>
       </c>
       <c r="J32" t="s">
+        <v>247</v>
+      </c>
+      <c r="K32" t="s">
         <v>248</v>
       </c>
-      <c r="K32" t="s">
+      <c r="L32" t="s">
         <v>249</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>229</v>
+      </c>
+      <c r="O32" t="s">
+        <v>22</v>
+      </c>
+      <c r="P32" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>33</v>
+      </c>
+      <c r="R32" t="s">
+        <v>32</v>
+      </c>
+      <c r="S32" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>251</v>
       </c>
       <c r="T32" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>20</v>
       </c>
       <c r="B33" t="s">
+        <v>251</v>
+      </c>
+      <c r="C33" t="s">
+        <v>22</v>
+      </c>
+      <c r="D33" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" t="s">
+        <v>23</v>
+      </c>
+      <c r="F33" t="s">
+        <v>22</v>
+      </c>
+      <c r="G33" t="s">
         <v>252</v>
       </c>
-      <c r="C33" t="s">
-[...11 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="I33" t="s">
         <v>39</v>
       </c>
       <c r="J33" t="s">
+        <v>254</v>
+      </c>
+      <c r="K33" t="s">
         <v>255</v>
       </c>
-      <c r="K33" t="s">
+      <c r="L33" t="s">
         <v>256</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" t="s">
+        <v>228</v>
+      </c>
+      <c r="N33" t="s">
+        <v>229</v>
+      </c>
+      <c r="O33" t="s">
+        <v>22</v>
+      </c>
+      <c r="P33" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>33</v>
+      </c>
+      <c r="R33" t="s">
+        <v>32</v>
+      </c>
+      <c r="S33" t="s">
         <v>257</v>
-      </c>
-[...19 lines deleted...]
-        <v>258</v>
       </c>
       <c r="T33" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>20</v>
       </c>
       <c r="B34" t="s">
+        <v>258</v>
+      </c>
+      <c r="C34" t="s">
+        <v>22</v>
+      </c>
+      <c r="D34" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" t="s">
+        <v>23</v>
+      </c>
+      <c r="F34" t="s">
+        <v>22</v>
+      </c>
+      <c r="G34" t="s">
         <v>259</v>
       </c>
-      <c r="C34" t="s">
-[...11 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="I34" t="s">
         <v>39</v>
       </c>
       <c r="J34" t="s">
         <v>22</v>
       </c>
       <c r="K34" t="s">
+        <v>261</v>
+      </c>
+      <c r="L34" t="s">
         <v>262</v>
       </c>
-      <c r="L34" t="s">
+      <c r="M34" t="s">
+        <v>228</v>
+      </c>
+      <c r="N34" t="s">
         <v>263</v>
       </c>
-      <c r="M34" t="s">
-[...2 lines deleted...]
-      <c r="N34" t="s">
+      <c r="O34" t="s">
+        <v>22</v>
+      </c>
+      <c r="P34" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>33</v>
+      </c>
+      <c r="R34" t="s">
+        <v>32</v>
+      </c>
+      <c r="S34" t="s">
         <v>264</v>
-      </c>
-[...13 lines deleted...]
-        <v>265</v>
       </c>
       <c r="T34" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>20</v>
       </c>
       <c r="B35" t="s">
+        <v>265</v>
+      </c>
+      <c r="C35" t="s">
+        <v>22</v>
+      </c>
+      <c r="D35" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" t="s">
+        <v>23</v>
+      </c>
+      <c r="F35" t="s">
+        <v>22</v>
+      </c>
+      <c r="G35" t="s">
         <v>266</v>
       </c>
-      <c r="C35" t="s">
-[...11 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="I35" t="s">
         <v>26</v>
       </c>
       <c r="J35" t="s">
         <v>22</v>
       </c>
       <c r="K35" t="s">
+        <v>268</v>
+      </c>
+      <c r="L35" t="s">
         <v>269</v>
       </c>
-      <c r="L35" t="s">
+      <c r="M35" t="s">
+        <v>200</v>
+      </c>
+      <c r="N35" t="s">
+        <v>201</v>
+      </c>
+      <c r="O35" t="s">
+        <v>22</v>
+      </c>
+      <c r="P35" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>33</v>
+      </c>
+      <c r="R35" t="s">
+        <v>32</v>
+      </c>
+      <c r="S35" t="s">
         <v>270</v>
-      </c>
-[...19 lines deleted...]
-        <v>271</v>
       </c>
       <c r="T35" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>20</v>
       </c>
       <c r="B36" t="s">
+        <v>271</v>
+      </c>
+      <c r="C36" t="s">
+        <v>22</v>
+      </c>
+      <c r="D36" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" t="s">
+        <v>23</v>
+      </c>
+      <c r="F36" t="s">
+        <v>22</v>
+      </c>
+      <c r="G36" t="s">
         <v>272</v>
       </c>
-      <c r="C36" t="s">
-[...11 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="I36" t="s">
         <v>39</v>
       </c>
       <c r="J36" t="s">
+        <v>274</v>
+      </c>
+      <c r="K36" t="s">
         <v>275</v>
       </c>
-      <c r="K36" t="s">
+      <c r="L36" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="M36" t="s">
         <v>30</v>
       </c>
       <c r="N36" t="s">
+        <v>277</v>
+      </c>
+      <c r="O36" t="s">
+        <v>22</v>
+      </c>
+      <c r="P36" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>33</v>
+      </c>
+      <c r="R36" t="s">
+        <v>32</v>
+      </c>
+      <c r="S36" t="s">
         <v>278</v>
-      </c>
-[...13 lines deleted...]
-        <v>279</v>
       </c>
       <c r="T36" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>