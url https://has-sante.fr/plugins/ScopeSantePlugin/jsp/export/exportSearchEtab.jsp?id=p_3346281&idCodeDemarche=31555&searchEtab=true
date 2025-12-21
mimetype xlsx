--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -110,51 +110,51 @@
   <si>
     <t>1550_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>9 Chemin Rancan</t>
   </si>
   <si>
     <t>49150 BAUGE EN ANJOU</t>
   </si>
   <si>
     <t>BAUGE EN ANJOU</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241841384</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Soins médicaux et de réadaptation</t>
+    <t>Médecine</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>490000239</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>ETABLISSEMENT DE SANTE BAUGEOIS VALLEE-SITE DE BEAUFORT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1552_FicheEtablissement/fr/esbv-site-de-beaufort</t>
   </si>
   <si>
     <t>1552_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Rue De L Hopital</t>
   </si>
   <si>
     <t>49250 BEAUFORT EN ANJOU</t>
   </si>