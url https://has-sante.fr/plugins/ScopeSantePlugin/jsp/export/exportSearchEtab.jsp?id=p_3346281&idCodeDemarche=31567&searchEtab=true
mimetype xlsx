--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -1,403 +1,403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE LUTTE MALADIES MENTALES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:18:02</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2633_FicheEtablissement/fr/cmp-la-pomme</t>
+    <t>01/21/2025 10:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2633_FicheEtablissement/en/cmp-la-pomme</t>
   </si>
   <si>
     <t>2633_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>4 Rue Charles Lauth</t>
   </si>
   <si>
     <t>75018 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0140375099</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>750000069</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SAINTE-ANNE PARIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2635_FicheEtablissement/fr/ch-sainte-anne</t>
+    <t>https://www.has-sante.fr/jcms/2635_FicheEtablissement/en/ch-sainte-anne</t>
   </si>
   <si>
     <t>2635_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Rue Cabanis</t>
   </si>
   <si>
     <t>75674 PARIS CEDEX 14</t>
   </si>
   <si>
     <t>PARIS CEDEX 14</t>
   </si>
   <si>
     <t>0145658000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750000499</t>
   </si>
   <si>
     <t>HOPITAL DE JOUR ET CTRE MEDICO PSY ADULTES ARMAILLE MARMOTAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2640_FicheEtablissement/fr/hdj-cmp-adultes-armaille-marmotan</t>
+    <t>https://www.has-sante.fr/jcms/2640_FicheEtablissement/en/hdj-cmp-adultes-armaille-marmotan</t>
   </si>
   <si>
     <t>2640_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Rue D Armaille</t>
   </si>
   <si>
     <t>75017 PARIS</t>
   </si>
   <si>
     <t>0156687013</t>
   </si>
   <si>
     <t>750006249</t>
   </si>
   <si>
     <t>GHU PARIS SITE AVRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2643_FicheEtablissement/fr/ghu-paris-site-avron</t>
+    <t>https://www.has-sante.fr/jcms/2643_FicheEtablissement/en/ghu-paris-site-avron</t>
   </si>
   <si>
     <t>2643_FicheEtablissement</t>
   </si>
   <si>
     <t>129 Rue D Avron</t>
   </si>
   <si>
     <t>75020 PARIS</t>
   </si>
   <si>
     <t>0144643450</t>
   </si>
   <si>
     <t>750015109</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER MAISON BLANCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2644_FicheEtablissement/fr/ch-maison-blanche-hauteville</t>
+    <t>https://www.has-sante.fr/jcms/2644_FicheEtablissement/en/ch-maison-blanche-hauteville</t>
   </si>
   <si>
     <t>2644_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Rue D Hauteville</t>
   </si>
   <si>
     <t>75010 PARIS</t>
   </si>
   <si>
     <t>0140221269</t>
   </si>
   <si>
     <t>750023749</t>
   </si>
   <si>
     <t>UNITE HOSPITALISATION BICHAT MAISON BLANCHE-CENTRE CHRONOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2645_FicheEtablissement/fr/ch-bichat-maison-blanche-ctre-chronos</t>
+    <t>https://www.has-sante.fr/jcms/2645_FicheEtablissement/en/ch-bichat-maison-blanche-ctre-chronos</t>
   </si>
   <si>
     <t>2645_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Avenue De La Porte De Saint Ouen</t>
   </si>
   <si>
     <t>0155253550</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>750027369</t>
   </si>
   <si>
     <t>GHU PARIS SITE LASALLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2652_FicheEtablissement/fr/ghu-paris-site-lasalle</t>
+    <t>https://www.has-sante.fr/jcms/2652_FicheEtablissement/en/ghu-paris-site-lasalle</t>
   </si>
   <si>
     <t>2652_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue Du General Lasalle</t>
   </si>
   <si>
     <t>75019 PARIS</t>
   </si>
   <si>
     <t>0180965500</t>
   </si>
   <si>
     <t>750047771</t>
   </si>
   <si>
     <t>GHU PARIS SITE HENRY EY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2655_FicheEtablissement/fr/ghu-paris-site-henry-ey</t>
+    <t>https://www.has-sante.fr/jcms/2655_FicheEtablissement/en/ghu-paris-site-henry-ey</t>
   </si>
   <si>
     <t>2655_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Avenue De La Porte De Choisy</t>
   </si>
   <si>
     <t>75013 PARIS</t>
   </si>
   <si>
     <t>0168254400</t>
   </si>
   <si>
     <t>750058471</t>
   </si>
   <si>
     <t>CENTRE INTERHOSPITALIER ACCUEIL PERMANENT POUR ADOLESCENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2718_FicheEtablissement/fr/ciapa-pour-adolescents-simplon</t>
+    <t>https://www.has-sante.fr/jcms/2718_FicheEtablissement/en/ciapa-pour-adolescents-simplon</t>
   </si>
   <si>
     <t>2718_FicheEtablissement</t>
   </si>
   <si>
     <t>55 Rue Du Simplon</t>
   </si>
   <si>
     <t>0153092790</t>
   </si>
   <si>
     <t>750830044</t>
   </si>
   <si>
     <t>GROUPE PUBLIC DE SANTE PERRAY VAUCLUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3198_FicheEtablissement/fr/ch-perray-vaucluse</t>
+    <t>https://www.has-sante.fr/jcms/3198_FicheEtablissement/en/ch-perray-vaucluse</t>
   </si>
   <si>
     <t>3198_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>91360 EPINAY SUR ORGE</t>
   </si>
   <si>
     <t>EPINAY SUR ORGE</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0169254200</t>
   </si>
   <si>
     <t>910000322</t>
   </si>
   <si>
     <t>GHU PARIS SITE NEUILLY SUR MARNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3317_FicheEtablissement/fr/ghu-paris-site-neuilly-sur-marne</t>
+    <t>https://www.has-sante.fr/jcms/3317_FicheEtablissement/en/ghu-paris-site-neuilly-sur-marne</t>
   </si>
   <si>
     <t>3317_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Avenue Jean Jaures</t>
   </si>
   <si>
     <t>93330 NEUILLY SUR MARNE</t>
   </si>
   <si>
     <t>NEUILLY SUR MARNE</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>0149443333</t>
   </si>
   <si>
     <t>930000351</t>
   </si>
   <si>
     <t>GHU PARIS ULSD LA ROSERAIE SITE NEUILLY SUR MARNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3358_FicheEtablissement/fr/ghu-paris-usld-la-roseraie-neuilly-s/m</t>
+    <t>https://www.has-sante.fr/jcms/3358_FicheEtablissement/en/ghu-paris-usld-la-roseraie-neuilly-s/m</t>
   </si>
   <si>
     <t>3358_FicheEtablissement</t>
   </si>
   <si>
     <t>0149443325</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>930815501</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>