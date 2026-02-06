--- v1 (2025-12-19)
+++ v2 (2026-02-06)
@@ -1,403 +1,403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE LUTTE MALADIES MENTALES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:18:02</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2633_FicheEtablissement/en/cmp-la-pomme</t>
+    <t>21/01/2025 10:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2633_FicheEtablissement/fr/cmp-la-pomme</t>
   </si>
   <si>
     <t>2633_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>4 Rue Charles Lauth</t>
   </si>
   <si>
     <t>75018 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0140375099</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>750000069</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SAINTE-ANNE PARIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2635_FicheEtablissement/en/ch-sainte-anne</t>
+    <t>https://www.has-sante.fr/jcms/2635_FicheEtablissement/fr/ch-sainte-anne</t>
   </si>
   <si>
     <t>2635_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>1 Rue Cabanis</t>
   </si>
   <si>
     <t>75674 PARIS CEDEX 14</t>
   </si>
   <si>
     <t>PARIS CEDEX 14</t>
   </si>
   <si>
     <t>0145658000</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>750000499</t>
   </si>
   <si>
     <t>HOPITAL DE JOUR ET CTRE MEDICO PSY ADULTES ARMAILLE MARMOTAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2640_FicheEtablissement/en/hdj-cmp-adultes-armaille-marmotan</t>
+    <t>https://www.has-sante.fr/jcms/2640_FicheEtablissement/fr/hdj-cmp-adultes-armaille-marmotan</t>
   </si>
   <si>
     <t>2640_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Rue D Armaille</t>
   </si>
   <si>
     <t>75017 PARIS</t>
   </si>
   <si>
     <t>0156687013</t>
   </si>
   <si>
     <t>750006249</t>
   </si>
   <si>
     <t>GHU PARIS SITE AVRON</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2643_FicheEtablissement/en/ghu-paris-site-avron</t>
+    <t>https://www.has-sante.fr/jcms/2643_FicheEtablissement/fr/ghu-paris-site-avron</t>
   </si>
   <si>
     <t>2643_FicheEtablissement</t>
   </si>
   <si>
     <t>129 Rue D Avron</t>
   </si>
   <si>
     <t>75020 PARIS</t>
   </si>
   <si>
     <t>0144643450</t>
   </si>
   <si>
     <t>750015109</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER MAISON BLANCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2644_FicheEtablissement/en/ch-maison-blanche-hauteville</t>
+    <t>https://www.has-sante.fr/jcms/2644_FicheEtablissement/fr/ch-maison-blanche-hauteville</t>
   </si>
   <si>
     <t>2644_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Rue D Hauteville</t>
   </si>
   <si>
     <t>75010 PARIS</t>
   </si>
   <si>
     <t>0140221269</t>
   </si>
   <si>
     <t>750023749</t>
   </si>
   <si>
     <t>UNITE HOSPITALISATION BICHAT MAISON BLANCHE-CENTRE CHRONOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2645_FicheEtablissement/en/ch-bichat-maison-blanche-ctre-chronos</t>
+    <t>https://www.has-sante.fr/jcms/2645_FicheEtablissement/fr/ch-bichat-maison-blanche-ctre-chronos</t>
   </si>
   <si>
     <t>2645_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Avenue De La Porte De Saint Ouen</t>
   </si>
   <si>
     <t>0155253550</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie</t>
   </si>
   <si>
     <t>750027369</t>
   </si>
   <si>
     <t>GHU PARIS SITE LASALLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2652_FicheEtablissement/en/ghu-paris-site-lasalle</t>
+    <t>https://www.has-sante.fr/jcms/2652_FicheEtablissement/fr/ghu-paris-site-lasalle</t>
   </si>
   <si>
     <t>2652_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue Du General Lasalle</t>
   </si>
   <si>
     <t>75019 PARIS</t>
   </si>
   <si>
     <t>0180965500</t>
   </si>
   <si>
     <t>750047771</t>
   </si>
   <si>
     <t>GHU PARIS SITE HENRY EY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2655_FicheEtablissement/en/ghu-paris-site-henry-ey</t>
+    <t>https://www.has-sante.fr/jcms/2655_FicheEtablissement/fr/ghu-paris-site-henry-ey</t>
   </si>
   <si>
     <t>2655_FicheEtablissement</t>
   </si>
   <si>
     <t>15 Avenue De La Porte De Choisy</t>
   </si>
   <si>
     <t>75013 PARIS</t>
   </si>
   <si>
     <t>0168254400</t>
   </si>
   <si>
     <t>750058471</t>
   </si>
   <si>
     <t>CENTRE INTERHOSPITALIER ACCUEIL PERMANENT POUR ADOLESCENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2718_FicheEtablissement/en/ciapa-pour-adolescents-simplon</t>
+    <t>https://www.has-sante.fr/jcms/2718_FicheEtablissement/fr/ciapa-pour-adolescents-simplon</t>
   </si>
   <si>
     <t>2718_FicheEtablissement</t>
   </si>
   <si>
     <t>55 Rue Du Simplon</t>
   </si>
   <si>
     <t>0153092790</t>
   </si>
   <si>
     <t>750830044</t>
   </si>
   <si>
     <t>GROUPE PUBLIC DE SANTE PERRAY VAUCLUSE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3198_FicheEtablissement/en/ch-perray-vaucluse</t>
+    <t>https://www.has-sante.fr/jcms/3198_FicheEtablissement/fr/ch-perray-vaucluse</t>
   </si>
   <si>
     <t>3198_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>91360 EPINAY SUR ORGE</t>
   </si>
   <si>
     <t>EPINAY SUR ORGE</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0169254200</t>
   </si>
   <si>
     <t>910000322</t>
   </si>
   <si>
     <t>GHU PARIS SITE NEUILLY SUR MARNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3317_FicheEtablissement/en/ghu-paris-site-neuilly-sur-marne</t>
+    <t>https://www.has-sante.fr/jcms/3317_FicheEtablissement/fr/ghu-paris-site-neuilly-sur-marne</t>
   </si>
   <si>
     <t>3317_FicheEtablissement</t>
   </si>
   <si>
     <t>3 Avenue Jean Jaures</t>
   </si>
   <si>
     <t>93330 NEUILLY SUR MARNE</t>
   </si>
   <si>
     <t>NEUILLY SUR MARNE</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>0149443333</t>
   </si>
   <si>
     <t>930000351</t>
   </si>
   <si>
     <t>GHU PARIS ULSD LA ROSERAIE SITE NEUILLY SUR MARNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3358_FicheEtablissement/en/ghu-paris-usld-la-roseraie-neuilly-s/m</t>
+    <t>https://www.has-sante.fr/jcms/3358_FicheEtablissement/fr/ghu-paris-usld-la-roseraie-neuilly-s/m</t>
   </si>
   <si>
     <t>3358_FicheEtablissement</t>
   </si>
   <si>
     <t>0149443325</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>930815501</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>