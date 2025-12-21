--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>GROUPE HOSPITALIER PAUL GUIRAUD SITE CLAMART</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:25</t>
+    <t>17/12/2025 09:12:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3263_FicheEtablissement/fr/chs-paul-guiraud-site-clamart</t>
   </si>
   <si>
     <t>3263_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Rue Andras Beck</t>
   </si>
   <si>
     <t>92140 CLAMART</t>
   </si>
   <si>
     <t>CLAMART</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0142117000</t>
   </si>