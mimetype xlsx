--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -1,328 +1,328 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE MACHECOUL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:18:06</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1413_FicheEtablissement/en/ch-lvo-site-de-machecoul</t>
+    <t>21/01/2025 10:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1413_FicheEtablissement/fr/ch-lvo-site-de-machecoul</t>
   </si>
   <si>
     <t>1413_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>44270 MACHECOUL ST MEME</t>
   </si>
   <si>
     <t>MACHECOUL ST MEME</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0240784400</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>440000560</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE SOINS DE LONGUE DUREE CTRE HOSPITALIER MACHECOUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1440_FicheEtablissement/en/usld-ch-lvo-machecoul</t>
+    <t>https://www.has-sante.fr/jcms/1440_FicheEtablissement/fr/usld-ch-lvo-machecoul</t>
   </si>
   <si>
     <t>1440_FicheEtablissement</t>
   </si>
   <si>
     <t>0240023400</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>440021202</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE CHALLANS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3071_FicheEtablissement/en/ch-lvo-site-de-challans</t>
+    <t>https://www.has-sante.fr/jcms/3071_FicheEtablissement/fr/ch-lvo-site-de-challans</t>
   </si>
   <si>
     <t>3071_FicheEtablissement</t>
   </si>
   <si>
     <t>85302 CHALLANS</t>
   </si>
   <si>
     <t>CHALLANS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>0251495000</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>850000175</t>
   </si>
   <si>
     <t>HOPITAL DUMONTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3073_FicheEtablissement/en/hopital-dumonte</t>
+    <t>https://www.has-sante.fr/jcms/3073_FicheEtablissement/fr/hopital-dumonte</t>
   </si>
   <si>
     <t>3073_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Impasse Du Puits Raymond</t>
   </si>
   <si>
     <t>85350 L ILE D YEU</t>
   </si>
   <si>
     <t>L ILE D YEU</t>
   </si>
   <si>
     <t>0251260800</t>
   </si>
   <si>
     <t>850000191</t>
   </si>
   <si>
     <t>HOPITAL DE ST-GILLES- CROIX- DE- VIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3076_FicheEtablissement/en/hopital-de-st-gilles-croix-de-vie</t>
+    <t>https://www.has-sante.fr/jcms/3076_FicheEtablissement/fr/hopital-de-st-gilles-croix-de-vie</t>
   </si>
   <si>
     <t>3076_FicheEtablissement</t>
   </si>
   <si>
     <t>20 Rue Laennec</t>
   </si>
   <si>
     <t>85800 ST GILLES CROIX DE VIE</t>
   </si>
   <si>
     <t>ST GILLES CROIX DE VIE</t>
   </si>
   <si>
     <t>0251608300</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>850000233</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE CENTRE HOSPITALIER  DE NOIRMOUTIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3079_FicheEtablissement/en/usld-ch-de-noirmoutier</t>
+    <t>https://www.has-sante.fr/jcms/3079_FicheEtablissement/fr/usld-ch-de-noirmoutier</t>
   </si>
   <si>
     <t>3079_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>2 Rue Des Sableaux</t>
   </si>
   <si>
     <t>85330 NOIRMOUTIER EN L ILE</t>
   </si>
   <si>
     <t>NOIRMOUTIER EN L ILE</t>
   </si>
   <si>
     <t>0251390399</t>
   </si>
   <si>
     <t>850000266</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE AQUARELLE CH LVO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3087_FicheEtablissement/en/usld-ch-lvo-aquarelle</t>
+    <t>https://www.has-sante.fr/jcms/3087_FicheEtablissement/fr/usld-ch-lvo-aquarelle</t>
   </si>
   <si>
     <t>3087_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Allée Henry Simon</t>
   </si>
   <si>
     <t>85300 CHALLANS</t>
   </si>
   <si>
     <t>0251495280</t>
   </si>
   <si>
     <t>850003377</t>
   </si>
   <si>
     <t>UNITE SOINS DE LONGUE DUREE CH LOIRE VENDEE OCEAN ST GILLES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3091_FicheEtablissement/en/usld-ch-lvo-st-gilles</t>
+    <t>https://www.has-sante.fr/jcms/3091_FicheEtablissement/fr/usld-ch-lvo-st-gilles</t>
   </si>
   <si>
     <t>3091_FicheEtablissement</t>
   </si>
   <si>
     <t>850020504</t>
   </si>
   <si>
     <t>HOPITAL DE NOIRMOUTIER SSR NON SPECIALISES ADULTES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3096_FicheEtablissement/en/ssr-hopital-noirmoutier</t>
+    <t>https://www.has-sante.fr/jcms/3096_FicheEtablissement/fr/ssr-hopital-noirmoutier</t>
   </si>
   <si>
     <t>3096_FicheEtablissement</t>
   </si>
   <si>
     <t>850022013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>