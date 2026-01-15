--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -158,51 +158,51 @@
   <si>
     <t>440021202</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER LOIRE VENDEE OCEAN SITE DE CHALLANS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3071_FicheEtablissement/fr/ch-lvo-site-de-challans</t>
   </si>
   <si>
     <t>3071_FicheEtablissement</t>
   </si>
   <si>
     <t>85302 CHALLANS</t>
   </si>
   <si>
     <t>CHALLANS</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>0251495000</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>850000175</t>
   </si>
   <si>
     <t>HOPITAL DUMONTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3073_FicheEtablissement/fr/hopital-dumonte</t>
   </si>
   <si>
     <t>3073_FicheEtablissement</t>
   </si>
   <si>
     <t>17 Impasse Du Puits Raymond</t>
   </si>
   <si>
     <t>85350 L ILE D YEU</t>
   </si>
   <si>
     <t>L ILE D YEU</t>
   </si>
   <si>
     <t>0251260800</t>
   </si>