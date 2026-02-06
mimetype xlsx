--- v0 (2025-10-26)
+++ v1 (2026-02-06)
@@ -119,54 +119,54 @@
   <si>
     <t>82000 MONTAUBAN</t>
   </si>
   <si>
     <t>MONTAUBAN</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>0563683333</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>820000057</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>CLINIQUE DU PONT DE CHAUME UNITE AUTO DIALYSE CASTELSARRASIN</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/4027_FicheEtablissement/fr/cl-pont-de-chaume-uad-castelsarrasin</t>
+    <t>CLINIQUE PONT DE CHAUME UAD UDM CASTELSARRASIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4027_FicheEtablissement/fr/cl-pont-chaume-uad-udm-castelsarrasin</t>
   </si>
   <si>
     <t>4027_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>82100 CASTELSARRASIN</t>
   </si>
   <si>
     <t>CASTELSARRASIN</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>820005791</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>