--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -110,51 +110,51 @@
   <si>
     <t>3039_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>119 Avenue Georges Clemenceau</t>
   </si>
   <si>
     <t>84304 CAVAILLON</t>
   </si>
   <si>
     <t>CAVAILLON</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>0490788500</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>840000418</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CTRE PNEUMO ET REEDUC RESP ROQUEFRAICHE CHI CAVAILLON LAURIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3050_FicheEtablissement/fr/ctre-pneumo-roquefraiche-chi-cavaillon</t>
   </si>
   <si>
     <t>3050_FicheEtablissement</t>
   </si>
   <si>
     <t>84360 LAURIS</t>
   </si>
   <si>
     <t>LAURIS</t>
   </si>