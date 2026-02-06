--- v0 (2025-10-23)
+++ v1 (2026-02-06)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>POLYCLINIQUE FRANCHEVILLE</t>
+    <t>HOPITAL PRIVE FRANCHEVILLE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:38</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/669_FicheEtablissement/fr/polyclinique-francheville</t>
+    <t>https://www.has-sante.fr/jcms/669_FicheEtablissement/fr/hopital-prive-francheville</t>
   </si>
   <si>
     <t>669_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Place Francheville</t>
   </si>
   <si>
     <t>24004 PERIGUEUX</t>
   </si>
   <si>
     <t>PERIGUEUX</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>0553021111</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
@@ -679,51 +679,51 @@
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>69</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
         <v>22</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>44</v>
       </c>