--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -104,51 +104,51 @@
   <si>
     <t>21/01/2025 10:18:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1500_FicheEtablissement/fr/cl-font-redonde-figeac</t>
   </si>
   <si>
     <t>1500_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Avenue Georges Clemenceau</t>
   </si>
   <si>
     <t>46100 FIGEAC</t>
   </si>
   <si>
     <t>FIGEAC</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>0565507575</t>
+    <t>05 65 50 75 75</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>460006075</t>
   </si>
   <si>
     <t>A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>