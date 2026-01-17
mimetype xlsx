--- v0 (2025-10-05)
+++ v1 (2026-01-17)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>DIAVERUM SAINT DENIS PANTIN - UNITE AUTODIALYSE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/07/2025 09:49:56</t>
+    <t>12/01/2026 12:53:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4079_FicheEtablissement/fr/diaverum-saint-denis-pantin</t>
   </si>
   <si>
     <t>4079_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>16 Rue Hoche</t>
   </si>
   <si>
     <t>93500 PANTIN</t>
   </si>
   <si>
     <t>PANTIN</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>0148919359</t>
   </si>