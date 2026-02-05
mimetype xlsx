--- v0 (2025-10-22)
+++ v1 (2026-02-05)
@@ -1,256 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CH ARNAY-LE-DUC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:16:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/596_FicheEtablissement/en/usld-ch-arnay-le-duc</t>
+    <t>21/01/2025 10:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/596_FicheEtablissement/fr/usld-ch-arnay-le-duc</t>
   </si>
   <si>
     <t>596_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>3 Rue Des Capucins</t>
   </si>
   <si>
     <t>21230 ARNAY LE DUC</t>
   </si>
   <si>
     <t>ARNAY LE DUC</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>0380902800</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>210983474</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE SEURRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/599_FicheEtablissement/en/usld-seurre</t>
+    <t>https://www.has-sante.fr/jcms/599_FicheEtablissement/fr/usld-seurre</t>
   </si>
   <si>
     <t>599_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Faubourg Saint Georges</t>
   </si>
   <si>
     <t>21250 SEURRE</t>
   </si>
   <si>
     <t>SEURRE</t>
   </si>
   <si>
     <t>0380203919</t>
   </si>
   <si>
     <t>210986386</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER ARNAY LE DUC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/603_FicheEtablissement/en/ch-arnay-le-duc</t>
+    <t>https://www.has-sante.fr/jcms/603_FicheEtablissement/fr/ch-arnay-le-duc</t>
   </si>
   <si>
     <t>603_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>210987574</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER NUITS SAINT GEORGES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/605_FicheEtablissement/en/ch-nuits-saint-georges</t>
+    <t>https://www.has-sante.fr/jcms/605_FicheEtablissement/fr/ch-nuits-saint-georges</t>
   </si>
   <si>
     <t>605_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Henri Challand</t>
   </si>
   <si>
     <t>21703 NUITS ST GEORGES</t>
   </si>
   <si>
     <t>NUITS ST GEORGES</t>
   </si>
   <si>
     <t>0380626700</t>
   </si>
   <si>
     <t>210987590</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SEURRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/606_FicheEtablissement/en/ch-seurre</t>
+    <t>https://www.has-sante.fr/jcms/606_FicheEtablissement/fr/ch-seurre</t>
   </si>
   <si>
     <t>606_FicheEtablissement</t>
   </si>
   <si>
     <t>14 Faubourg St Georges</t>
   </si>
   <si>
     <t>210987616</t>
   </si>
   <si>
     <t>HOSPICES CIVILS DE BEAUNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/609_FicheEtablissement/en/hospices-civils-de-beaune</t>
+    <t>https://www.has-sante.fr/jcms/609_FicheEtablissement/fr/hospices-civils-de-beaune</t>
   </si>
   <si>
     <t>609_FicheEtablissement</t>
   </si>
   <si>
     <t>21203 BEAUNE</t>
   </si>
   <si>
     <t>BEAUNE</t>
   </si>
   <si>
     <t>0380244444</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>210987657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -617,51 +617,51 @@
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>60</v>
       </c>
       <c r="H6" t="s">
         <v>61</v>
       </c>
       <c r="I6" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J6" t="s">
         <v>62</v>
       </c>
       <c r="K6" t="s">
         <v>40</v>
       </c>
       <c r="L6" t="s">
         <v>41</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>42</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>48</v>
       </c>
       <c r="Q6" t="s">
         <v>49</v>
       </c>