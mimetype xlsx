--- v0 (2025-10-23)
+++ v1 (2025-12-19)
@@ -110,51 +110,51 @@
   <si>
     <t>3205_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>40 Avenue Serge Dassault</t>
   </si>
   <si>
     <t>91106 CORBEIL ESSONNES</t>
   </si>
   <si>
     <t>CORBEIL ESSONNES</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0161696169</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>910020254</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HDJ ENDOCRINOLOGIE DIABETOLOGIE CHSF</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7665_FicheEtablissement/en/hdj-endocrinologie-diabetologie-chsf</t>
   </si>
   <si>
     <t>7665_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>55 Avenue De L'Aunette</t>
   </si>